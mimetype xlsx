--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -1,1332 +1,4331 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29501"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://yayasanmendaki.sharepoint.com/sites/PSD/Shared Documents/MTS Operations/SALESFORCE TEMPLATES/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\AmirulHazim.Ali\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="669" documentId="13_ncr:1_{D04A61BC-AE46-4155-88E3-96692BBB3E5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BAB25100-98A8-4FDF-BFC8-F54FDB8087F8}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A0F8408-4773-44E1-9B7F-27D1094F901A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-4515" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{5CF02605-3369-45D7-859B-55A29DB393DC}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{5CF02605-3369-45D7-859B-55A29DB393DC}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
+    <sheet name="MAP 2026" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="3" r:id="rId2"/>
+    <sheet name="Virtual" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'MAP 2026'!$A$1:$F$93</definedName>
+  </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="403" uniqueCount="353">
-[...1 lines deleted...]
-    <t xml:space="preserve">MENDAKI Tuition Scheme 2026 </t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="620" uniqueCount="400">
+  <si>
+    <t>Centre</t>
+  </si>
+  <si>
+    <t>Centre Code</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
-    <t>Name of School</t>
-[...2 lines deleted...]
-    <t>Centre Code</t>
+    <t>Start Date</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>Schedule</t>
   </si>
   <si>
-    <t>Central</t>
-[...1 lines deleted...]
-  <si>
     <t>Anderson Primary School (School-Based)</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>19 Ang Mo Kio Avenue 9</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Tuesday 2.00 pm to 3.30 pm Math</t>
+    </r>
+  </si>
+  <si>
     <t>Ang Mo Kio Primary School</t>
   </si>
   <si>
     <t>AMKPS</t>
   </si>
   <si>
     <t>20 Ang Mo Kio Avenue 3</t>
   </si>
   <si>
-    <t>P1 to P6 (Std/Fdn)
-Saturday 9.00 am to 10.30 am English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00 am to 10.30 am English
 Saturday 10.45 am to 12.15 pm Math
-P3 to P6 ( Std / Fdn)
-Saturday 9.00 am to 10.30 am Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 ( Std / Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 9.00 am to 10.30 am Science</t>
+    </r>
   </si>
   <si>
     <t>Bartley Secondary School (School-Based)</t>
   </si>
   <si>
     <t>BYSS</t>
   </si>
   <si>
     <t>10 Jalan Bunga Rampai</t>
   </si>
   <si>
-    <t>S2 to S3 ( G1,G2,G3 )
-[...3 lines deleted...]
-Monday 3.30 pm to 5.00 pm</t>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S2 to S3 (G1/G2/G3)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Monday  3.30 pm to 5.00 pm English
+Wednesday 3.30 pm to 5.00 pm Math</t>
+    </r>
   </si>
   <si>
     <t>Bendemeer Primary School (School-Based)</t>
   </si>
   <si>
     <t>BDPS</t>
   </si>
   <si>
     <t>91 Bendemeer Road</t>
   </si>
   <si>
-    <t>P5 to P6 (Std/Fdn)
-Tuesday 2.00 pm to 3.30 pm Math</t>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Tuesday 2.00 pm to 3.30 pm Math</t>
+    </r>
   </si>
   <si>
     <t>Bukit Merah Secondary School</t>
   </si>
   <si>
     <t>BMSS</t>
   </si>
   <si>
     <t>10 Lengkok Bahru</t>
   </si>
   <si>
-    <t>S1 to S4 ( G1,G2,G3 / Exp,NA,NT )
+    <t>S1 to S4 (G1,G2,G3 , NT/NA/E)
 Saturday 9.00 am to 10.30 am English
 Saturday 10.45 am to 12.15 pm Math</t>
   </si>
   <si>
     <t>Gan Eng Seng Primary School</t>
   </si>
   <si>
     <t>GESSP</t>
   </si>
   <si>
     <t>100 Redhill Close</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00 am to 10.30 am English
+Saturday 10.45 am to 12.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std / Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 9.00 am to 10.30 am Science</t>
+    </r>
+  </si>
+  <si>
     <t>Bukit Merah Well Centre</t>
   </si>
   <si>
     <t>BMWC</t>
   </si>
   <si>
     <t>Blk 129 Bukit Merah View #01-174</t>
   </si>
   <si>
-    <t>P1 to P4
-Wednesday 6.00 pm to 7.30 pm English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 6.00 pm to 7.30 pm English
 Wednesday 7.45 pm to 9.15 pm Math
-P5 to P6 (Std/Fdn)
-Tuesday 6.00 pm to 7.30 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 6.00 pm to 7.30 pm English
 Tuesday 7.45 pm to 9.15 pm Math
-S1 to S5 ( G1,G2,G3 / Exp,NA/ NT )
-Monday 6.00 pm to 7.30 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S5 (G1/G2/G3 , NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.00 pm to 7.30 pm English
 Monday 7.45 pm to 9.15 pm Math
-P3 to P5 ( Std / Fdn)
-[...3 lines deleted...]
-Friday 7.45 pm to 9.15 pm Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P5 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Friday 6.00 pm to 7.30 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P6 (Std/Fdn)
+S3 to S4 (G2,G3 / Exp,NA)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Friday 7.45 pm to 9.15 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Hougang Secondary School</t>
   </si>
   <si>
     <t>HGSS</t>
   </si>
   <si>
     <t>2 Hougang Street 93</t>
   </si>
   <si>
-    <t>S1 to S4 ( G1,G2,G3 / Exp,NA,NT )
-Saturday 8.00 am to 9.30 am English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 8.00 am to 9.30 am English
 Saturday 9.45 am to 11.15 pm Math
-S3 to S4 ( G2,G3 / Exp,NA )
-Saturday 11.30 am to 1.00 pm Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4 (G2/G3, NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 11.30 am to 1.00 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Jalan Kukoh Resident Committee</t>
   </si>
   <si>
     <t>JKRC</t>
   </si>
   <si>
     <t>Blk 10 Jalan Kukoh #04-55</t>
   </si>
   <si>
-    <t>P1 to P3
-Monday 6.00 pm to 7.30 pm English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P3
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.00 pm to 7.30 pm English
 Friday 6.00 pm to 7.30 pm Math
-P4 to P6 (Std/Fdn)
-Monday 7.45 pm to 9.15 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 7.45 pm to 9.15 pm English
 Friday 7.45 pm to 9.15 pm Math
-P3 to P4
-[...2 lines deleted...]
-Tuesday 7.45 pm to 9.15 pm Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 6.00 pm to 7.30 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Tuesday 7.45 pm to 9.15 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Jing Shan Primary School</t>
   </si>
   <si>
     <t>JSPS</t>
   </si>
   <si>
     <t>5 Ang Mo Kio Street 52</t>
   </si>
   <si>
-    <t>P1 to P6 (Std/Fdn)
-Saturday 8.30 am to 10.00 am English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 8.30 am to 10.00 am English
 Saturday 10.15 am to 11.45 am Math
-P3 to P6 ( Std / Fdn)
-Saturday 8.30 am to 10.00 am Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std / Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 8.30 am to 10.00 am Science</t>
+    </r>
   </si>
   <si>
     <t>Mayflower Secondary School</t>
   </si>
   <si>
     <t>MFSS</t>
   </si>
   <si>
     <t>2 Ang Mo Kio Street 21</t>
   </si>
   <si>
+    <t>New Town Secondary School (School-based)</t>
+  </si>
+  <si>
+    <t>NTSS</t>
+  </si>
+  <si>
+    <t>Monday, February 9, 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1020 Dover Road </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S2 (G2/G3)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 2.00 pm to 3.30pm English
+Thursday 2.00 pm to 3.30pm Mathematics
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 (G2/G3)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Monday 2.00 pm to 3.30pm Science
+Thursday 2.00 pm to 3.30pm Mathematics</t>
+    </r>
+  </si>
+  <si>
     <t>Radin Mas Community Club</t>
   </si>
   <si>
     <t>RMCC</t>
   </si>
   <si>
     <t>1 Telok Blangah Crescent</t>
   </si>
   <si>
-    <t>P3 to P4
-Monday 6.00 pm to 7.30 pm English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.00 pm to 7.30 pm English
 Wednesday 6.00 pm to 7.30 pm Math
 Friday 6.00 pm to 7.30 pm Science
-P5 to P6 (Std/Fdn)
-Monday 7.30 pm to 9.00 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Monday 7.30 pm to 9.00 pm English
 Wednesday 7.30 pm to 9.00 pm Math
 Friday 7.30 pm to 9.00 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Xinmin Primary School</t>
   </si>
   <si>
     <t>XIMPS</t>
   </si>
   <si>
     <t>9 Hougang Avenue 8</t>
   </si>
   <si>
-    <t>P1 to P6 (Std/Fdn)
-Saturday 8.00 am to 9.30 am English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 8.00 am to 9.30 am English
 Saturday 9.45 am to 11.15 am Math
-P3 to P6 ( Std / Fdn)
-[...3 lines deleted...]
-    <t>North East</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 ( Std / Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 8.00 am to 9.30 am Science</t>
+    </r>
   </si>
   <si>
     <t>Al-Islah Mosque</t>
   </si>
   <si>
     <t>AISMQ</t>
   </si>
   <si>
     <t>30 Punggol Field</t>
   </si>
   <si>
-    <t>P4 to P6 (Std/Fdn)
-Wednesday 6.00 pm to 7.30 pm English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 6.00 pm to 7.30 pm English
 Monday 6.00 pm to 7.30 pm Math
 Wednesday 6.00 pm to 7.30 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Al-Mawaddah Mosque</t>
   </si>
   <si>
     <t>MWMQ</t>
   </si>
   <si>
     <t>151 Compassvale Bow</t>
   </si>
   <si>
-    <t>P1 to P6 ( Std )
-[...19 lines deleted...]
-Thursday 7.00 pm to 8.30 pm Science</t>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P3
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.00 pm to 7.30 pm English
+Monday 7.45 pm to 9.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 6.00 pm to 7.30 pm English
+Tuesday 7.45 pm to 9.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 6.00 pm to 7.30 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 7.45 pm to 9.15 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+P5
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Thursday 6.00 pm to 7.30 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Thursday 7.45 pm to 9.15 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S2 (G1/G2/G3)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 6.00 pm to 7.30 pm English
+Wednesday 7.45 pm to 9.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 (G2), S4 (NA)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 7.45 pm to 9.15 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 (G1/G2/G3), S4 (NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Thursday 6.00 pm to 7.30 pm English
+Thursday 7.45 pm to 9.15 pm Math</t>
+    </r>
+  </si>
+  <si>
+    <t>Casuarina Primary School</t>
+  </si>
+  <si>
+    <t>CAAPS</t>
+  </si>
+  <si>
+    <t>30 Pasir Ris Street 41</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00 am to 10.30 am English
+Saturday 10.45 am to 12.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 9.00 am to 10.30 am Science</t>
+    </r>
   </si>
   <si>
     <t>Compassvale Secondary School</t>
   </si>
   <si>
     <t>CPSP</t>
   </si>
   <si>
     <t>51 Compassvale Crescent</t>
   </si>
   <si>
-    <t>P1 to P2 
-[...5 lines deleted...]
-P1 to P6 (Std/Fdn)
+    <t>CPSS</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 2.00 pm to 3.30 pm English
+Saturday 3.45 pm to 5.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4 (G2/G3, NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 2.00 pm to 3.30 pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Elias Park Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>EPPS</t>
+  </si>
+  <si>
+    <t>11 Pasir Ris Street 52</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 2.00 pm to 3.30 pm English
+Tuesday 3.45 pm to 5.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Tuesday 2.00 pm to 3.30 pm Math
+Tuesday 3.45 pm to 5.15 pm Science
+Tuesday 3.45 pm to 5.15 pm English</t>
+    </r>
+  </si>
+  <si>
+    <t>Greendale Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>GDPS</t>
+  </si>
+  <si>
+    <t>50 Edgedale Plains</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/ Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 2.00 pm to 3.30 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 3.45 pm to 5.15 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Tuesday 3.45 pm to 5.15 pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Junyuan Secondary School</t>
+  </si>
+  <si>
+    <t>JUYSS</t>
+  </si>
+  <si>
+    <t>11 Tampines Street 84</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3 ,NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00 am to 10.30 am English
+Saturday 10.45 am to 12.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4 (G2/G3, NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 9.00 am to 10.30 am Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Loyang View Secondary School (School-Based)</t>
+  </si>
+  <si>
+    <t>LVSS</t>
+  </si>
+  <si>
+    <t>12 Pasir Ris Street 11</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1to S2 (G1/G2/G3)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 3.00pm to 4.30pm English 
+Wednesday 4.45pm to 6.15pm Maths 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4/S5 NA
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 3.30pm to 5.00pm English 
+Wednesday 5.15pm to 6.30pm Maths </t>
+    </r>
+  </si>
+  <si>
+    <t>MENDAKI @ One Punggol</t>
+  </si>
+  <si>
+    <t>MOP</t>
+  </si>
+  <si>
+    <t>1 Punggol Drive, One Punggol, #04-04</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 1.30 pm to 3.00 pm English
+Saturday 3.15 pm to 4.45 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00 am to 10.30 am English
+Saturday 10.45 am to 12.15pm Math
+Sunday 1.30 pm to 3.00 pm English
+Sunday 3.15 pm to 4.45 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S4(NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 1.30 pm to 3.00 pm Science
+Saturday 3.15 pm to 4.45 pm Math
+Sunday 9.00 am to 10.30 am English
+Sunday 10.45 am to 12.15 pm Math</t>
+    </r>
+  </si>
+  <si>
+    <t>Pasir Ris Elias Community Club</t>
+  </si>
+  <si>
+    <t>PECC</t>
+  </si>
+  <si>
+    <t>93 Pasir Ris Drive 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P6 Std, S1 to S2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Friday 3.45 pm to 5.15 pm English
+Friday 5.30 pm to 7.00 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P6, S3 (G3), S4 (NA)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 10.00 am to 11.30 am Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>S3 (G2/G3), S4 (NA/E)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 
+Saturday 11.45 am to 1.15 pm English
+Saturday 1.30 pm to 3.00 pm Math</t>
+    </r>
+  </si>
+  <si>
+    <t>Park View Primary School</t>
+  </si>
+  <si>
+    <t>PVPS</t>
+  </si>
+  <si>
+    <t>60 Pasir Ris Drive 1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 Std only 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Eng/Maths/Science
+Tuesdays - 2pm to 5.15pm</t>
+    </r>
+  </si>
+  <si>
+    <t>Punggol Coast Activity Centre</t>
+  </si>
+  <si>
+    <t>PCAC</t>
+  </si>
+  <si>
+    <t>668B Edgefield Plains #01-690</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sunday 9.00 am to 10.30 am English
+Sunday 10.45 am to 12.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Sunday 2.00 pm to 3.30 pm English
+Sunday 3.45 pm to 5.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.00 pm to 7.30 pm Math
+P6 (Std/Fdn)
+Monday 6.00 pm to 7.30 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 6.00 pm to 7.30 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 6.00 pm to 7.30 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 (Std/ Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 6.00 pm to 7.30 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 6.00 pm to 7.30 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 &amp; P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Thursday 6.00 pm to 7.30 pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Punggol Green Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>PGPS</t>
+  </si>
+  <si>
+    <t>98 Punggol Walk</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 2.00 pm to 3.00 pm English
+Wednesday 3.00 pm to 4.00pm Science
+Friday 2.00 pm to 3.30 pm Math</t>
+    </r>
+  </si>
+  <si>
+    <t>Springdale Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>SDPS</t>
+  </si>
+  <si>
+    <t>71 Anchorvale Link</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 2.30 pm to 3.30 pm Science	
+Friday 2.00 pm to 3.30 pm Math
+Friday 2.00 pm to 3.00 pm English</t>
+    </r>
+  </si>
+  <si>
+    <t>Springfield Secondary School (School-Based)</t>
+  </si>
+  <si>
+    <t>SFSS</t>
+  </si>
+  <si>
+    <t>30 Tampines Avenue 8</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S2 (G1/G2/G3)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Friday 2.30 pm to 4.00 pm English
+Friday 4.00 pm to 5.30 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 (G2/G3)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Friday 2.30 pm to 4.00 pm Math
+Friday 4.00 pm to 5.30 pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Tampines Secondary School</t>
+  </si>
+  <si>
+    <t>TPSSAM</t>
+  </si>
+  <si>
+    <t>252 Tampines Street 12</t>
+  </si>
+  <si>
+    <t>TPSSPM</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 2.00 pm to 3.30 pm English
+Saturday 3.45 pm to 5.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 2.00 pm to 3.30 pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Waterway Primary School</t>
+  </si>
+  <si>
+    <t>WWPS</t>
+  </si>
+  <si>
+    <t>70 Punggol Drive</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 9.00 am to 10.30 am Science
 Saturday 10.45 am to 12.15 pm Math</t>
-  </si>
-[...5 lines deleted...]
-Saturday 2.00 pm to 3.30 pm English
+    </r>
+  </si>
+  <si>
+    <t>Admiralty Primary School</t>
+  </si>
+  <si>
+    <t>ADPS</t>
+  </si>
+  <si>
+    <t>11 Woodlands Circle</t>
+  </si>
+  <si>
+    <t>Admiralty Secondary School</t>
+  </si>
+  <si>
+    <t>ADSS</t>
+  </si>
+  <si>
+    <t>31 Woodlands Crescent</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/EXP)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00 am to 10.30 am English
+Saturday 10.45 am to 12.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 9.00 am to 10.30 am Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Canberra Secondary School</t>
+  </si>
+  <si>
+    <t>CBSSAM</t>
+  </si>
+  <si>
+    <t>51 Sembawang Drive</t>
+  </si>
+  <si>
+    <t>CBSSPM</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 1.00pm to 2.30pm English
+Saturday 2.45pm to 4.15pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 1.00pm to 2.30pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Fuchun Primary School</t>
+  </si>
+  <si>
+    <t>FCPS</t>
+  </si>
+  <si>
+    <t>23 Woodlands Avenue 1</t>
+  </si>
+  <si>
+    <t>FCPSW</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 2.15pm to 3.45pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 -to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 3.30 pm to 5.00 pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Greenwood Primary School</t>
+  </si>
+  <si>
+    <t>GWPS</t>
+  </si>
+  <si>
+    <t>11 Woodlands Drive 62</t>
+  </si>
+  <si>
+    <t>Huamin Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>HUPS</t>
+  </si>
+  <si>
+    <t>21 Yishun Avenue 11</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 1pm to 2.30pm Math</t>
+    </r>
+  </si>
+  <si>
+    <t>Innova Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>INPS</t>
+  </si>
+  <si>
+    <t>80 Woodlands Drive 17</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday  2pm to 3.30pm Math
+Wednesday  3.30pm to 5.00pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Marsiling Secondary School (School-Based)</t>
+  </si>
+  <si>
+    <t>MLSS</t>
+  </si>
+  <si>
+    <t>12 Marsiling Road</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/EXP)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 1.00pm to 2.30pm English
+Saturday 2.45pm to 4.15pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 1.00pm to 2.30pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Naval Base Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>NBPS</t>
+  </si>
+  <si>
+    <t>7 Yishun Avenue 4</t>
+  </si>
+  <si>
+    <t>Naval Base Secondary School</t>
+  </si>
+  <si>
+    <t>NBSS</t>
+  </si>
+  <si>
+    <t>901 Yishun Ring Road</t>
+  </si>
+  <si>
+    <t>Northland Primary School</t>
+  </si>
+  <si>
+    <t>NLPS</t>
+  </si>
+  <si>
+    <t>15 Yishun Avenue 4</t>
+  </si>
+  <si>
+    <t>Qihua Primary School</t>
+  </si>
+  <si>
+    <t>QHPS</t>
+  </si>
+  <si>
+    <t>5 Woodlands Street 81</t>
+  </si>
+  <si>
+    <t>Tzu Chi Humanistic Youth Centre</t>
+  </si>
+  <si>
+    <t>TCHYC</t>
+  </si>
+  <si>
+    <t>30A Yishun Central 1 768796</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Thursday 5.15pm to 6.45pm English
+Thursday 7.00pm to 8.30pm Math</t>
+    </r>
+  </si>
+  <si>
+    <t>Unity Secondary School</t>
+  </si>
+  <si>
+    <t>UTSS</t>
+  </si>
+  <si>
+    <t>20 Choa Chu Kang Street 62</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 7.30pm to 9.00pm English
+Wednesday 7.30pm to 9.00pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Monday 7.30pm to 9.00pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Wellington Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>WTPS</t>
+  </si>
+  <si>
+    <t>10 Wellington Circle</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Friday 2pm to 3.30pm English
+Friday 3.45pm to 5.15pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 2.30pm to 4.00pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Woodlands Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>WDPS</t>
+  </si>
+  <si>
+    <t>10 Woodlands Drive 50</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Monday 4.30pm to 6.00pm English
+Wednesday 4.30pm to 6.00pm Math</t>
+    </r>
+  </si>
+  <si>
+    <t>Woodlands Ring Secondary School</t>
+  </si>
+  <si>
+    <t>WRSSAM</t>
+  </si>
+  <si>
+    <t>21 Woodlands Avenue 1</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00am to 10.30am English
+Saturday 10.45am to 12.15pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+      </rPr>
+      <t>Saturday 9.00am to 10.30am Science</t>
+    </r>
+  </si>
+  <si>
+    <t>WRSSPM</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 1.00 pm to 2.30 pm English
+Saturday 2.45 pm to 4.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 1.00 pm to 2.30 pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Woodlands Secondary School (School-Based)</t>
+  </si>
+  <si>
+    <t>WDSS</t>
+  </si>
+  <si>
+    <t>11 Marsiling Road</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S4 (NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Thursday 2.45pm to 4.15pm Math
+Friday 3.15pm to 4.45pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Xishan Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>XSPS</t>
+  </si>
+  <si>
+    <t>8 Yishun Street 21</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 2.00pm to 3.30pm Math
+Friday 2.00pm to 3.30pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Zhenghua Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>ZEPS</t>
+  </si>
+  <si>
+    <t>9 Fajar Road</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 2.15pm to 3.45pm
+Wednesday 4.00pm to 5.30pm</t>
+    </r>
+  </si>
+  <si>
+    <t>Bedok Green Primary School (Community-Based)</t>
+  </si>
+  <si>
+    <t>BGPSCB</t>
+  </si>
+  <si>
+    <t>1 Bedok South Avenue 2</t>
+  </si>
+  <si>
+    <t>Bedok Green Primary School (School-Based)</t>
+  </si>
+  <si>
+    <t>BGPSSB</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 2.00 pm to 3.30 pm Math
+Friday 2.00pm to 3.30pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Friday 2.00pm to 3.30pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Bedok Green Secondary School</t>
+  </si>
+  <si>
+    <t>BGSS</t>
+  </si>
+  <si>
+    <t>360 Bedok North Avenue 3</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00 am to 10.30 am English
+Saturday 10.45 am to 12.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4 (G2/G3, NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 9.00 am to 10.30 am Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Broadrick Secondary School (Secondary)</t>
+  </si>
+  <si>
+    <t>BRSS</t>
+  </si>
+  <si>
+    <t>61 Dakota Crescent</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00 am to 10.30 am English
+Saturday 10.45 am to 12.15 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4 (G2/G3 ,NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 9.00 am to 10.30 am Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Broadrick Secondary School (Primary)</t>
+  </si>
+  <si>
+    <t>BRDSS</t>
+  </si>
+  <si>
+    <t>Changkat Changi Secondary School</t>
+  </si>
+  <si>
+    <t>CCSSAM</t>
+  </si>
+  <si>
+    <t>23 Simei Street 3</t>
+  </si>
+  <si>
+    <t>CCSSPM</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 2.00 pm to 3.30 pm English
 Saturday 3.45 pm to 5.15 pm Math
-S3 to S4 ( G2,G3 / Exp,NA )
-[...556 lines deleted...]
-Saturday 2.00 pm to 3.30 pm Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 2.00 pm to 3.30 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Damai Primary School</t>
   </si>
   <si>
     <t>DMPS</t>
   </si>
   <si>
     <t>52 Bedok Reservoir Crescent</t>
   </si>
   <si>
     <t>Madrasah Al-Maarif Al-Islamiah (School-Based)</t>
   </si>
   <si>
     <t>AMAI</t>
   </si>
   <si>
     <t>3 Lorong 39 Geylang</t>
   </si>
   <si>
-    <t>P3 to P6
-[...1 lines deleted...]
-Friday 3.45 pm to 5.15 pm Science</t>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Friday 2.00 pm to 3.30 pm Math
+Friday 3.45 pm to 5.15 pm English</t>
+    </r>
   </si>
   <si>
     <t>7 Oaks Student Care Centre Bedok (For Centre Students Only)</t>
   </si>
   <si>
     <t>OSCCB</t>
   </si>
   <si>
     <t>136 Bedok Reservoir Road</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P3
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 3.30 pm to 5.00 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 5.00 pm to 6.30 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P3
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 3.30 pm to 5.00 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 5.00 pm to 6.30 pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P3
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Wednesday 3.30 pm to 5.00 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 5.00 pm to 6.30 pm Science</t>
+    </r>
+  </si>
+  <si>
     <t>Telok Kurau Primary School (School-Based)</t>
   </si>
   <si>
     <t>TKPS</t>
   </si>
   <si>
     <t>50 Bedok Reservoir Road</t>
   </si>
   <si>
-    <t>P1 to P6 (Std/Fdn)
-Saturday 8.00 am to 9.30am English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 8.00 am to 9.30am English
 Saturday  9.45 am to 11.15am Math
-P3 to P6 (Std/Fdn)
-Saturday 11.15 am to 12.45 pm Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 11.15 am to 12.45 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Temasek Primary School (School-Based)</t>
   </si>
   <si>
     <t>TEPS</t>
   </si>
   <si>
     <t>501 Bedok South Avenue 3</t>
   </si>
   <si>
     <t>P4 to P6 (Std/Fdn)
 Monday 2.00pm to 3.30pm Math
 Thursday 2.00pm to 3.30pm Science</t>
   </si>
   <si>
-    <t>South West</t>
-[...1 lines deleted...]
-  <si>
     <t>Al-Iman Mosque</t>
   </si>
   <si>
     <t>AIMQ</t>
   </si>
   <si>
     <t>10 Bukit Panjang Ring Road</t>
   </si>
   <si>
-    <t>P1 to P6 (Std/Fdn)
-Monday 6.00 pm to 7.30 pm English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.00 pm to 7.30 pm English
 Wednesday 6.00 pm to 7.30 pm Math
-P3 to P6 (Std/Fdn)
-[...2 lines deleted...]
-Monday 7.45 pm to 9.15 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Thursday 6.00 pm to 7.30 pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S3 (G1/G2/G3)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 7.45 pm to 9.15 pm English
 Wednesday 7.45 pm to 9.15 pm Math
-S4 ( Exp / NA )
-Thursday 6.00 pm to 7.30 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S4 (NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Thursday 6.00 pm to 7.30 pm English
 Thursday 7.45 pm to 9.15 pm Math</t>
+    </r>
   </si>
   <si>
     <t>Boon Lay Garden Primary School</t>
   </si>
   <si>
     <t>BLGP</t>
   </si>
   <si>
     <t>20 Boon Lay Drive</t>
   </si>
   <si>
     <t>Boon Lay Secondary School (School-Based)</t>
   </si>
   <si>
     <t>BLSS</t>
   </si>
   <si>
     <t>11 Jurong West Street 65</t>
   </si>
   <si>
-    <t>S4 ( Exp / NA )
-Monday 3.45 pm to 5.15 pm Math
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S4 (NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Monday 3.45 pm to 5.15 pm Math
 Thursday 3.45 pm to 5.15 pm English</t>
+    </r>
   </si>
   <si>
     <t>Bukit View Secondary School</t>
   </si>
   <si>
     <t>BVSS</t>
   </si>
   <si>
     <t>16 Bukit Batok Street 21</t>
   </si>
   <si>
     <t>Chua Chu Kang Primary School (School-Based)</t>
   </si>
   <si>
     <t>CCKPS</t>
   </si>
   <si>
     <t>20 Choa Chu Kang Avenue 2</t>
   </si>
   <si>
-    <t>P2 to P6 (Std/Fdn)
-Wednesday 2.30 pm to 4.00 pm English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P2 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 2.30 pm to 4.00 pm English
 Friday 2.30 pm to 4.00 pm Math</t>
+    </r>
   </si>
   <si>
     <t>Clementi Town Secondary School</t>
   </si>
   <si>
     <t>CTSSAM</t>
   </si>
   <si>
     <t>10 Clementi Avenue 3</t>
   </si>
   <si>
     <t>CTSSPM</t>
   </si>
   <si>
-    <t>P1 to P6 (Std/Fdn)
-[...5 lines deleted...]
-  <si>
     <t>Concord Primary School (School-Based)</t>
   </si>
   <si>
     <t>COCPS</t>
   </si>
   <si>
     <t>3 Choa Chu Kang Avenue 4</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P5
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 2.15 pm to 3.45 pm Math</t>
+    </r>
+  </si>
+  <si>
     <t>Corporation Primary School</t>
   </si>
   <si>
     <t>CRPSCB</t>
   </si>
   <si>
     <t>31 Jurong West Street 24</t>
   </si>
   <si>
-    <t>P1 to P6 (Std/Fdn)
-Saturday 9.00 am to 10.30 am English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 9.00 am to 10.30 am English
 Saturday 10.45 am to 12.15 pm Math</t>
+    </r>
   </si>
   <si>
     <t>Corporation Primary School  (School-Based)</t>
   </si>
   <si>
     <t>CRPSSB</t>
   </si>
   <si>
-    <t>P3 to P6 (Std / Fdn )
-Monday 2.15 pm to 3.45 pm Science</t>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Monday 2.15 pm to 3.45 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Hillgrove Secondary School</t>
   </si>
   <si>
     <t>HLSS</t>
   </si>
   <si>
     <t>10 Bukit Batok Street 52</t>
   </si>
   <si>
     <t>Jurong Primary School (School-Based)</t>
   </si>
   <si>
     <t>JPS</t>
   </si>
   <si>
     <t>320 Jurong East Steet 32</t>
   </si>
   <si>
-    <t>P5 to P6 (Std/Fdn)
-Wednesday 2.00 pm to 3.30 pm Math</t>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 2.00 pm to 3.30 pm Math</t>
+    </r>
   </si>
   <si>
     <t>Jurongville Secondary School</t>
   </si>
   <si>
     <t>JVSS</t>
   </si>
   <si>
     <t>202 Jurong East Avenue 1</t>
   </si>
   <si>
     <t>Jurong West Secondary School</t>
   </si>
   <si>
     <t>JWSS</t>
   </si>
   <si>
     <t>61 Jurong West Street 65</t>
   </si>
   <si>
-    <t>S1 to S4 ( G1,G2,G3 / Exp,NA,NT )
-Saturday 8.00 am to 9.30 am English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2/G3, NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 8.00 am to 9.30 am English
 Saturday 9.45 am to 11.15 am Math
-S3 to S4 ( G2,G3 / Exp,NA )
-Saturday 8.00 am to 9.30 am Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4 (G2/G3, NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Saturday 8.00 am to 9.30 am Science</t>
+    </r>
   </si>
   <si>
     <t>MENDAKI @ Choa Chu Kang</t>
   </si>
   <si>
     <t>MCCK</t>
   </si>
   <si>
     <t>Blk 813A Choa Chu Kang Avenue 7 #01-571</t>
   </si>
   <si>
-    <t>P1
-Saturday 9.00 am to 10.30 am English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Saturday 9.00 am to 10.30 am English
 Saturday 10.45 am to 12.15 pm Math
-P2 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>P2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 
 Saturday 1.00 pm to 2.30 pm English
 Saturday 2.45 pm to 4.15 pm Math
-P3
-Tuesday 6.00 pm to 7.30 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 6.00 pm to 7.30 pm English
 Thursday 6.00 pm to 7.30 pm Math
-P4
-Tuesday 7.45 pm to 9.15 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Tuesday 7.45 pm to 9.15 pm English
 Thursday 7.45 pm to 9.15 pm Math
-P5 (Std/Fdn)
-Monday 6.00 pm to 7.30 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P5 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.00 pm to 7.30 pm English
 Wednesday 6.00 pm to 7.30 pm Math
 Friday 6.00 pm to 7.30 pm Science
-P6 (Std/Fdn)
-Monday 7.45 pm to 9.15 pm  English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Monday 7.45 pm to 9.15 pm  English
 Wednesday 7.45 pm to 9.15 pm Math
 Friday 7.45 pm to 9.15 pm Science</t>
+    </r>
   </si>
   <si>
     <t>7 Oaks Student Care Centre Jurong  (For Centre Students Only)</t>
   </si>
   <si>
     <t>OSCCJ</t>
   </si>
   <si>
     <t>Blk 520 Jurong West Street 52 #01-195</t>
   </si>
   <si>
-    <t>P1 to P3
-Monday 3.30 pm to 5.00 pm English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P3
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 3.30 pm to 5.00 pm English
 Tuesday 3.30 pm to 5.00 pm Math
-P4 to P6 (Std/Fdn)
-Monday 5.15 pm to 6.45 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P4 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 5.15 pm to 6.45 pm English
 Tuesday 5.15 pm to 6.45 pm Math
-P3 to P6 (Std/Fdn)
-Wednesday 5.15 pm to 6.45 pm Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 5.15 pm to 6.45 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Princess Elizabeth Primary School (School-Based)</t>
   </si>
   <si>
     <t>PEPS</t>
   </si>
   <si>
     <t>30 Bukit Batok West Avenue 3</t>
   </si>
   <si>
-    <t>P3 to P6 (Std/Fdn) 
-Monday 4.15 pm to 5.45 pm Math
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Monday 4.15 pm to 5.45 pm Math
 Thursday 4.15 pm to 5.45 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Regent Secondary School</t>
   </si>
   <si>
     <t>RGSS</t>
   </si>
   <si>
     <t>50 Choa Chu Kang North 5</t>
   </si>
   <si>
+    <t>Hasanah Mosque</t>
+  </si>
+  <si>
+    <t>MHH</t>
+  </si>
+  <si>
+    <t>492 Teban Garden Rd Singapore</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P1 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.30pm to 8pm English
+Friday 6.30pm to 8pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.30pm to 8pm English
+Friday 6.30pm to 8pm Math
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Thursday 6.30pm to 8pm Science
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Thursday 6.30pm to 8pm Science
+</t>
+    </r>
+  </si>
+  <si>
     <t>Taman Jurong Community Club</t>
   </si>
   <si>
     <t>TJCC</t>
   </si>
   <si>
     <t>1 Yung Sheng Road</t>
   </si>
   <si>
-    <t xml:space="preserve">P3 to P6 (Std/Fdn)
-Monday 6.30 pm to 8.00 pm English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">P3 to P6 (Std/Fdn)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 6.30 pm to 8.00 pm English
 Tuesday 6.30 pm to 8.00 pm Math
 Wednesday 6.30 pm to 8.00 pm Science
-S1 to S4 ( G1,G2 / NA,NT )
-Monday 8.00 pm to 9.30 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G1/G2, NT/NA)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 8.00 pm to 9.30 pm English
 Tuesday 8.00 pm to 9.30 pm Math
-S1 to S4 ( G3 / Exp )
-Thursday 6.30 pm to 8.00 pm English
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S1 to S4 (G3, E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Thursday 6.30 pm to 8.00 pm English
 Thursday 8.00 pm to 9.30 pm Math
-S3 to S4 ( G2,G3 / Exp , NA )
-[...1 lines deleted...]
-</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S3 to S4 (G2/G3, NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Wednesday 8.00 pm to 9.30 pm Science</t>
+    </r>
   </si>
   <si>
     <t>Teck Whye Primary School</t>
   </si>
   <si>
     <t>TWPS</t>
   </si>
   <si>
     <t>11 Teck Whye Walk</t>
   </si>
   <si>
-    <t>Unity Primary School (School-Based)</t>
-[...12 lines deleted...]
-  <si>
     <t>Westwood Secondary School</t>
   </si>
   <si>
     <t>WESS</t>
   </si>
   <si>
     <t>11 Jurong West Street 25</t>
   </si>
   <si>
     <t>Yuhua Primary School</t>
   </si>
   <si>
     <t>YUHP</t>
   </si>
   <si>
     <t>158 Jurong East Street 24</t>
   </si>
   <si>
     <t>Yuhua Secondary School (School-Based)</t>
   </si>
   <si>
     <t>YHSS</t>
   </si>
   <si>
     <t>35 Jurong West Street 41</t>
   </si>
   <si>
-    <t>S4 (Exp,NA,NT)
-Monday 4.45 pm to 6.15 pm English
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S4 (NT/NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Monday 4.45 pm to 6.15 pm English
 Wednesday 4.45 pm to 6.15 pm Math
-S4 (Exp,NA)
-Thursday 4.45 pm to 6.15 pm Science</t>
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">S4 (NA/E)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Aptos Narrow"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Thursday 4.45 pm to 6.15 pm Science</t>
+    </r>
+  </si>
+  <si>
+    <t>Level</t>
+  </si>
+  <si>
+    <t>Subject</t>
+  </si>
+  <si>
+    <t>Stream</t>
+  </si>
+  <si>
+    <t>Day</t>
+  </si>
+  <si>
+    <t>Time</t>
+  </si>
+  <si>
+    <t>Central</t>
+  </si>
+  <si>
+    <t>P3 to P6</t>
+  </si>
+  <si>
+    <t>Math</t>
+  </si>
+  <si>
+    <t>Standard/ Foundation</t>
+  </si>
+  <si>
+    <t>Tuesday</t>
+  </si>
+  <si>
+    <t>2pm to 3.30pm</t>
+  </si>
+  <si>
+    <t>P1 to P6</t>
+  </si>
+  <si>
+    <t>English</t>
+  </si>
+  <si>
+    <t>Saturday</t>
+  </si>
+  <si>
+    <t>9am to 10.30am</t>
+  </si>
+  <si>
+    <t>Science</t>
+  </si>
+  <si>
+    <t>10.45am to 12.15pm</t>
+  </si>
+  <si>
+    <t>S2 to S3</t>
+  </si>
+  <si>
+    <t>G1/G2/G3</t>
+  </si>
+  <si>
+    <t>Monday</t>
+  </si>
+  <si>
+    <t>3.30pm to 5pm</t>
+  </si>
+  <si>
+    <t>Wednesday</t>
+  </si>
+  <si>
+    <t>P5 to P6</t>
+  </si>
+  <si>
+    <t>S1 to S4</t>
+  </si>
+  <si>
+    <t>S3 to S4</t>
+  </si>
+  <si>
+    <t>G2/G3</t>
+  </si>
+  <si>
+    <t>6pm to 7.30pm</t>
+  </si>
+  <si>
+    <t>7.45pm to 9.15pm</t>
+  </si>
+  <si>
+    <t>P1 to P4</t>
+  </si>
+  <si>
+    <t>P3 to P5</t>
+  </si>
+  <si>
+    <t>Friday</t>
+  </si>
+  <si>
+    <t>P6</t>
+  </si>
+  <si>
+    <t>8am to 9.30am</t>
+  </si>
+  <si>
+    <t>9.45am to 11.15am</t>
+  </si>
+  <si>
+    <t>11.30am to 1pm</t>
+  </si>
+  <si>
+    <t>P1 to P3</t>
+  </si>
+  <si>
+    <t>Standard</t>
+  </si>
+  <si>
+    <t>P4 to P6</t>
+  </si>
+  <si>
+    <t>P3 to P4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MENDAKI Tuition Scheme 2026 </t>
   </si>
   <si>
     <t>Name of Centre</t>
   </si>
   <si>
     <t>Virtual</t>
   </si>
   <si>
     <t>Monday Virtual Centre
 7.30 pm to 9.00 pm</t>
   </si>
   <si>
     <t>VCMON</t>
   </si>
   <si>
     <t>P3 Science  (Standard)
 P4 English  (Standard)
 P5 Mathematics  (Standard)
 P6 Science  (Standard)
 S1 Science (G1, G2 &amp; G3)
 S4 Additional Mathematics (Express)</t>
   </si>
   <si>
     <t>Tuesday Virtual Centre
 7.30 pm to 9.00 pm</t>
@@ -1528,108 +4527,136 @@
         <b/>
         <sz val="11"/>
         <rFont val="Tenorite Display"/>
       </rPr>
       <t>5.30 pm to 7.00 pm</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Tenorite Display"/>
       </rPr>
       <t xml:space="preserve">
 P3 Science (Standard)
 P4 Mathematics (Standard)
 P5 English (Standard)
 P6 Mathematics (Standard)
 S1 Science (G1, G2 &amp; G3)
 S2 English (G1, G2 &amp; G3)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
+  </numFmts>
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Tenorite Display"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Tenorite Display"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Tenorite Display"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Tenorite Display"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
-      <charset val="1"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos Narrow"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="26"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Arial"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="20">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -1640,130 +4667,73 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...7 lines deleted...]
-    <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...9 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="medium">
-[...35 lines deleted...]
-      </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -1828,192 +4798,246 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2293,1977 +5317,4101 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{75C034FF-F213-4A62-B22E-C62E066BA95B}">
-  <dimension ref="A1:F95"/>
+  <dimension ref="A1:G115"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A65" workbookViewId="0">
-      <selection activeCell="F68" sqref="F68"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A70" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B71" sqref="B71"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.45"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="12.85546875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="47.85546875" style="1" customWidth="1"/>
+    <col min="1" max="1" width="39.7265625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="12.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="26.26953125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="28.81640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="19" style="1" customWidth="1"/>
-    <col min="6" max="6" width="51.7109375" style="13" customWidth="1"/>
+    <col min="6" max="6" width="51.7265625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="45.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="15">
-      <c r="A1" s="30" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="31"/>
-[...5 lines deleted...]
-      <c r="A2" s="7" t="s">
+      <c r="B1" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="7" t="s">
+      <c r="C1" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="D2" s="7" t="s">
+      <c r="D1" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="E1" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="F2" s="7" t="s">
+      <c r="F1" s="7" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="3" spans="1:6" ht="15">
-      <c r="A3" s="27" t="s">
+    <row r="2" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A2" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="B2" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C2" s="22">
+        <v>46084</v>
+      </c>
+      <c r="D2" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="E2" s="3">
+        <v>569785</v>
+      </c>
+      <c r="F2" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="E3" s="3">
-[...5 lines deleted...]
-      <c r="A4" s="28"/>
+    </row>
+    <row r="3" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" s="4">
+        <v>569920</v>
+      </c>
+      <c r="F3" s="20" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="1" t="s">
+        <v>15</v>
+      </c>
       <c r="B4" s="1" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>16</v>
+      </c>
+      <c r="C4" s="23">
+        <v>46104</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E4" s="4">
-        <v>569920</v>
-[...6 lines deleted...]
-      <c r="A5" s="28"/>
+        <v>538403</v>
+      </c>
+      <c r="F4" s="20" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="42.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="1" t="s">
+        <v>19</v>
+      </c>
       <c r="B5" s="1" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>20</v>
+      </c>
+      <c r="C5" s="23">
+        <v>46063</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E5" s="4">
-        <v>538403</v>
-[...6 lines deleted...]
-      <c r="A6" s="28"/>
+        <v>339948</v>
+      </c>
+      <c r="F5" s="20" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="1" t="s">
+        <v>23</v>
+      </c>
       <c r="B6" s="1" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>24</v>
+      </c>
+      <c r="C6" s="23">
+        <v>46046</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E6" s="4">
-        <v>339948</v>
-[...6 lines deleted...]
-      <c r="A7" s="28"/>
+        <v>159050</v>
+      </c>
+      <c r="F6" s="20" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A7" s="1" t="s">
+        <v>27</v>
+      </c>
       <c r="B7" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>28</v>
+      </c>
+      <c r="C7" s="23">
+        <v>46046</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="E7" s="4">
-        <v>159050</v>
-[...1 lines deleted...]
-      <c r="F7" s="8" t="s">
+        <v>158901</v>
+      </c>
+      <c r="F7" s="20" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="267.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="23">
+        <v>46062</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" s="4">
+        <v>150129</v>
+      </c>
+      <c r="F8" s="20" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A9" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" s="4">
+        <v>534256</v>
+      </c>
+      <c r="F9" s="20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="188.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="23">
+        <v>46092</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" s="4">
+        <v>162010</v>
+      </c>
+      <c r="F10" s="20" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="99.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" s="4">
+        <v>569228</v>
+      </c>
+      <c r="F11" s="20" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" s="4">
+        <v>569384</v>
+      </c>
+      <c r="F12" s="20" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="87">
-[...90 lines deleted...]
-      <c r="A13" s="28"/>
+    <row r="13" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A13" s="1" t="s">
+        <v>50</v>
+      </c>
       <c r="B13" s="1" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>51</v>
+      </c>
+      <c r="C13" s="23" t="s">
+        <v>52</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E13" s="4">
-        <v>569384</v>
-[...6 lines deleted...]
-      <c r="A14" s="28"/>
+        <v>139657</v>
+      </c>
+      <c r="F13" s="20" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="130.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="1" t="s">
+        <v>55</v>
+      </c>
       <c r="B14" s="1" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>56</v>
+      </c>
+      <c r="C14" s="23">
+        <v>46048</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="E14" s="4">
         <v>98915</v>
       </c>
-      <c r="F14" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A15" s="29"/>
+      <c r="F14" s="20" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A15" s="5" t="s">
+        <v>59</v>
+      </c>
       <c r="B15" s="5" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>60</v>
+      </c>
+      <c r="C15" s="24">
+        <v>46067</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="E15" s="6">
         <v>538784</v>
       </c>
-      <c r="F15" s="8" t="s">
-[...5 lines deleted...]
-        <v>57</v>
+      <c r="F15" s="20" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A16" s="2" t="s">
+        <v>63</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>64</v>
+      </c>
+      <c r="C16" s="23">
+        <v>46048</v>
       </c>
       <c r="D16" s="2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E16" s="3">
         <v>828812</v>
       </c>
-      <c r="F16" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A17" s="28"/>
+      <c r="F16" s="20" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="409.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="1" t="s">
+        <v>67</v>
+      </c>
       <c r="B17" s="1" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>68</v>
+      </c>
+      <c r="C17" s="23">
+        <v>46048</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E17" s="4">
         <v>544997</v>
       </c>
-      <c r="F17" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A18" s="28"/>
+      <c r="F17" s="20" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="87" x14ac:dyDescent="0.35">
+      <c r="A18" s="1" t="s">
+        <v>71</v>
+      </c>
       <c r="B18" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>72</v>
+      </c>
+      <c r="C18" s="23">
+        <v>46046</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="E18" s="4">
-        <v>545083</v>
-[...6 lines deleted...]
-      <c r="A19" s="28"/>
+        <v>518935</v>
+      </c>
+      <c r="F18" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="87" x14ac:dyDescent="0.35">
+      <c r="A19" s="1" t="s">
+        <v>75</v>
+      </c>
       <c r="B19" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>76</v>
+      </c>
+      <c r="C19" s="23">
+        <v>46046</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="E19" s="4">
         <v>545083</v>
       </c>
-      <c r="F19" s="8" t="s">
-[...11 lines deleted...]
-      <c r="D20" s="22" t="s">
+      <c r="F19" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="E20" s="23">
-[...2 lines deleted...]
-      <c r="F20" s="24" t="s">
+      <c r="G19" s="20"/>
+    </row>
+    <row r="20" spans="1:7" ht="87" x14ac:dyDescent="0.35">
+      <c r="A20" s="1" t="s">
         <v>75</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="C21" s="22" t="s">
+      <c r="B20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C20" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="D21" s="22" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="23">
+      <c r="E20" s="4">
+        <v>545083</v>
+      </c>
+      <c r="F20" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="G20" s="12"/>
+    </row>
+    <row r="21" spans="1:7" ht="116" x14ac:dyDescent="0.35">
+      <c r="A21" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C21" s="23">
+        <v>46084</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E21" s="4">
         <v>518866</v>
       </c>
-      <c r="F21" s="14" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="28"/>
+      <c r="F21" s="20" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="127.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="1" t="s">
+        <v>84</v>
+      </c>
       <c r="B22" s="1" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>85</v>
+      </c>
+      <c r="C22" s="23">
+        <v>46077</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E22" s="4">
         <v>828848</v>
       </c>
-      <c r="F22" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A23" s="28"/>
+      <c r="F22" s="20" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="120" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="1" t="s">
+        <v>88</v>
+      </c>
       <c r="B23" s="1" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>89</v>
+      </c>
+      <c r="C23" s="23">
+        <v>46046</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E23" s="4">
         <v>528933</v>
       </c>
-      <c r="F23" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="28"/>
+      <c r="F23" s="20" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="117.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="1" t="s">
+        <v>92</v>
+      </c>
       <c r="B24" s="1" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>93</v>
+      </c>
+      <c r="C24" s="23">
+        <v>46085</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="E24" s="4">
         <v>519073</v>
       </c>
-      <c r="F24" s="12" t="s">
-[...20 lines deleted...]
-      <c r="A26" s="28"/>
+      <c r="F24" s="20" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="244.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C25" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="E25" s="4">
+        <v>828629</v>
+      </c>
+      <c r="F25" s="20" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="155.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="1" t="s">
+        <v>100</v>
+      </c>
       <c r="B26" s="1" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>101</v>
+      </c>
+      <c r="C26" s="23">
+        <v>46046</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E26" s="4">
         <v>510629</v>
       </c>
-      <c r="F26" s="12" t="s">
-[...27 lines deleted...]
-      <c r="D28" s="22" t="s">
+      <c r="F26" s="20" t="s">
         <v>103</v>
       </c>
-      <c r="E28" s="23">
-[...5 lines deleted...]
-      <c r="A29" s="28"/>
+      <c r="G26" s="19"/>
+    </row>
+    <row r="27" spans="1:7" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C27" s="23">
+        <v>46084</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E27" s="4">
+        <v>519524</v>
+      </c>
+      <c r="F27" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="G27" s="19"/>
+    </row>
+    <row r="28" spans="1:7" ht="406.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C28" s="23">
+        <v>46047</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E28" s="4">
+        <v>821668</v>
+      </c>
+      <c r="F28" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="G28" s="12"/>
+    </row>
+    <row r="29" spans="1:7" ht="58" x14ac:dyDescent="0.35">
+      <c r="A29" s="1" t="s">
+        <v>112</v>
+      </c>
       <c r="B29" s="1" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>113</v>
+      </c>
+      <c r="C29" s="23">
+        <v>46085</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="E29" s="4">
-        <v>821668</v>
-[...6 lines deleted...]
-      <c r="A30" s="28"/>
+        <v>828772</v>
+      </c>
+      <c r="F29" s="20" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="1" t="s">
+        <v>116</v>
+      </c>
       <c r="B30" s="1" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>117</v>
+      </c>
+      <c r="C30" s="23">
+        <v>46085</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="E30" s="4">
-        <v>828772</v>
-[...6 lines deleted...]
-      <c r="A31" s="28"/>
+        <v>544799</v>
+      </c>
+      <c r="F30" s="20" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="1" t="s">
+        <v>120</v>
+      </c>
       <c r="B31" s="1" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>121</v>
+      </c>
+      <c r="C31" s="23">
+        <v>46087</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="E31" s="4">
-        <v>544799</v>
-[...6 lines deleted...]
-      <c r="A32" s="28"/>
+        <v>529593</v>
+      </c>
+      <c r="F31" s="20" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="87" x14ac:dyDescent="0.35">
+      <c r="A32" s="1" t="s">
+        <v>124</v>
+      </c>
       <c r="B32" s="1" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>125</v>
+      </c>
+      <c r="C32" s="23">
+        <v>46046</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E32" s="4">
-        <v>529593</v>
-[...4 lines deleted...]
-      <c r="A33" s="28"/>
+        <v>529427</v>
+      </c>
+      <c r="F32" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="1" t="s">
+        <v>124</v>
+      </c>
       <c r="B33" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>127</v>
+      </c>
+      <c r="C33" s="23">
+        <v>46046</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="E33" s="4">
         <v>529427</v>
       </c>
-      <c r="F33" s="8" t="s">
-[...32 lines deleted...]
-      <c r="E35" s="6">
+      <c r="F33" s="20" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C34" s="24">
+        <v>46046</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E34" s="6">
         <v>828802</v>
       </c>
-      <c r="F35" s="8" t="s">
-[...16 lines deleted...]
-      <c r="E36" s="3">
+      <c r="F34" s="20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A35" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C35" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E35" s="3">
         <v>739807</v>
       </c>
-      <c r="F36" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A37" s="28"/>
+      <c r="F35" s="20" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C36" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E36" s="4">
+        <v>737916</v>
+      </c>
+      <c r="F36" s="20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A37" s="1" t="s">
+        <v>140</v>
+      </c>
       <c r="B37" s="1" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>141</v>
+      </c>
+      <c r="C37" s="23">
+        <v>46046</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="E37" s="4">
-        <v>737916</v>
-[...6 lines deleted...]
-      <c r="A38" s="28"/>
+        <v>757699</v>
+      </c>
+      <c r="F37" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A38" s="1" t="s">
+        <v>140</v>
+      </c>
       <c r="B38" s="1" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>143</v>
+      </c>
+      <c r="C38" s="23">
+        <v>46046</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="E38" s="4">
         <v>757699</v>
       </c>
-      <c r="F38" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A39" s="28"/>
+      <c r="F38" s="20" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A39" s="1" t="s">
+        <v>145</v>
+      </c>
       <c r="B39" s="1" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>146</v>
+      </c>
+      <c r="C39" s="23">
+        <v>46046</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="E39" s="4">
-        <v>757699</v>
-[...6 lines deleted...]
-      <c r="A40" s="28"/>
+        <v>739063</v>
+      </c>
+      <c r="F39" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="58" x14ac:dyDescent="0.35">
+      <c r="A40" s="1" t="s">
+        <v>145</v>
+      </c>
       <c r="B40" s="1" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>141</v>
+        <v>148</v>
+      </c>
+      <c r="C40" s="23">
+        <v>46078</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="E40" s="4">
         <v>739063</v>
       </c>
-      <c r="F40" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A41" s="28"/>
+      <c r="F40" s="20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A41" s="1" t="s">
+        <v>150</v>
+      </c>
       <c r="B41" s="1" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>151</v>
+      </c>
+      <c r="C41" s="23">
+        <v>46046</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="E41" s="4">
-        <v>739063</v>
-[...6 lines deleted...]
-      <c r="A42" s="28"/>
+        <v>737942</v>
+      </c>
+      <c r="F41" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A42" s="1" t="s">
+        <v>153</v>
+      </c>
       <c r="B42" s="1" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>154</v>
+      </c>
+      <c r="C42" s="23">
+        <v>46064</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="E42" s="4">
+        <v>768857</v>
+      </c>
+      <c r="F42" s="20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C43" s="23">
+        <v>46065</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="E43" s="4">
+        <v>737888</v>
+      </c>
+      <c r="F43" s="20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A44" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C44" s="23">
+        <v>46053</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E44" s="4">
+        <v>739110</v>
+      </c>
+      <c r="F44" s="20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="97.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C45" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E45" s="4">
+        <v>769028</v>
+      </c>
+      <c r="F45" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="89.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C46" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="E46" s="4">
+        <v>768689</v>
+      </c>
+      <c r="F46" s="20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="100.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C47" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="E47" s="4">
+        <v>769026</v>
+      </c>
+      <c r="F47" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A48" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C48" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="E48" s="4">
+        <v>738908</v>
+      </c>
+      <c r="F48" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A49" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C49" s="23">
+        <v>46065</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E49" s="4">
+        <v>768796</v>
+      </c>
+      <c r="F49" s="20" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="111.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C50" s="23">
+        <v>46062</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E50" s="4">
+        <v>689143</v>
+      </c>
+      <c r="F50" s="20" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A51" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C51" s="23">
+        <v>46078</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E51" s="4">
+        <v>757702</v>
+      </c>
+      <c r="F51" s="20" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A52" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C52" s="23">
+        <v>46062</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E52" s="4">
+        <v>738853</v>
+      </c>
+      <c r="F52" s="20" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A53" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C53" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E53" s="4">
         <v>737942</v>
       </c>
-      <c r="F42" s="8" t="s">
-[...207 lines deleted...]
-        <v>188</v>
+      <c r="F53" s="21" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A54" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C54" s="23">
+        <v>46046</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="E54" s="4">
         <v>737942</v>
       </c>
-      <c r="F54" s="26" t="s">
-[...9 lines deleted...]
-        <v>191</v>
+      <c r="F54" s="20" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A55" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C55" s="23">
+        <v>46072</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="E55" s="4">
-        <v>737942</v>
-[...6 lines deleted...]
-      <c r="A56" s="28"/>
+        <v>739111</v>
+      </c>
+      <c r="F55" s="20" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A56" s="1" t="s">
+        <v>203</v>
+      </c>
       <c r="B56" s="1" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>204</v>
+      </c>
+      <c r="C56" s="23">
+        <v>46078</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="E56" s="4">
-        <v>739111</v>
-[...16 lines deleted...]
-      <c r="E57" s="4">
         <v>768611</v>
       </c>
-      <c r="F57" s="12" t="s">
-[...14 lines deleted...]
-      <c r="E58" s="6">
+      <c r="F56" s="20" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A57" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="C57" s="24">
+        <v>46064</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E57" s="6">
         <v>679002</v>
       </c>
-      <c r="F58" s="12" t="s">
-[...16 lines deleted...]
-      <c r="E59" s="3">
+      <c r="F57" s="20" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A58" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="C58" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E58" s="3">
         <v>469317</v>
       </c>
-      <c r="F59" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A60" s="28"/>
+      <c r="F58" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A59" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C59" s="23">
+        <v>46085</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E59" s="4">
+        <v>469317</v>
+      </c>
+      <c r="F59" s="20" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A60" s="1" t="s">
+        <v>217</v>
+      </c>
       <c r="B60" s="1" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>218</v>
+      </c>
+      <c r="C60" s="23">
+        <v>46046</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>208</v>
+        <v>219</v>
       </c>
       <c r="E60" s="4">
-        <v>469317</v>
-[...6 lines deleted...]
-      <c r="A61" s="28"/>
+        <v>469722</v>
+      </c>
+      <c r="F60" s="20" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A61" s="1" t="s">
+        <v>221</v>
+      </c>
       <c r="B61" s="1" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>222</v>
+      </c>
+      <c r="C61" s="23">
+        <v>46088</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="E61" s="4">
-        <v>469722</v>
-[...6 lines deleted...]
-      <c r="A62" s="28"/>
+        <v>399935</v>
+      </c>
+      <c r="F61" s="20" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A62" s="1" t="s">
+        <v>225</v>
+      </c>
       <c r="B62" s="1" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>226</v>
+      </c>
+      <c r="C62" s="23">
+        <v>46046</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E62" s="4">
         <v>399935</v>
       </c>
-      <c r="F62" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A63" s="28"/>
+      <c r="F62" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A63" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="B63" s="1" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>228</v>
+      </c>
+      <c r="C63" s="23">
+        <v>46046</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="E63" s="4">
-        <v>399935</v>
-[...6 lines deleted...]
-      <c r="A64" s="28"/>
+        <v>529894</v>
+      </c>
+      <c r="F63" s="20" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="101.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="1" t="s">
+        <v>227</v>
+      </c>
       <c r="B64" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>230</v>
+      </c>
+      <c r="C64" s="23">
+        <v>46046</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="E64" s="4">
         <v>529894</v>
       </c>
-      <c r="F64" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A65" s="28"/>
+      <c r="F64" s="20" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="99.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="1" t="s">
+        <v>232</v>
+      </c>
       <c r="B65" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C65" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="E65" s="4">
+        <v>479226</v>
+      </c>
+      <c r="F65" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="62.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C66" s="23">
+        <v>46066</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="E66" s="4">
+        <v>387865</v>
+      </c>
+      <c r="F66" s="20" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="222.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C67" s="23">
+        <v>46083</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="E67" s="4">
+        <v>460136</v>
+      </c>
+      <c r="F67" s="20" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="114" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C68" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="E68" s="4">
+        <v>479239</v>
+      </c>
+      <c r="F68" s="20" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="70.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="C69" s="24">
+        <v>46083</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="E69" s="6">
+        <v>469300</v>
+      </c>
+      <c r="F69" s="8" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="245.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="C70" s="23">
+        <v>46048</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="E70" s="3">
+        <v>679943</v>
+      </c>
+      <c r="F70" s="20" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A71" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C71" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E71" s="4">
+        <v>649930</v>
+      </c>
+      <c r="F71" s="20" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A72" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C72" s="23">
+        <v>46083</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="E72" s="4">
+        <v>648354</v>
+      </c>
+      <c r="F72" s="20" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A73" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C73" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="E73" s="4">
+        <v>659633</v>
+      </c>
+      <c r="F73" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A74" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C74" s="23">
+        <v>46085</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="E74" s="4">
+        <v>689905</v>
+      </c>
+      <c r="F74" s="20" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A75" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C75" s="23">
+        <v>46046</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="E75" s="4">
+        <v>129904</v>
+      </c>
+      <c r="F75" s="20" t="s">
         <v>220</v>
       </c>
-      <c r="C65" s="1" t="s">
-[...193 lines deleted...]
-      <c r="A76" s="28"/>
+    </row>
+    <row r="76" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A76" s="1" t="s">
+        <v>269</v>
+      </c>
       <c r="B76" s="1" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>272</v>
+      </c>
+      <c r="C76" s="23">
+        <v>46046</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>264</v>
+        <v>271</v>
       </c>
       <c r="E76" s="4">
         <v>129904</v>
       </c>
-      <c r="F76" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A77" s="28"/>
+      <c r="F76" s="20" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A77" s="1" t="s">
+        <v>273</v>
+      </c>
       <c r="B77" s="1" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>274</v>
+      </c>
+      <c r="C77" s="23">
+        <v>46078</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>264</v>
+        <v>275</v>
       </c>
       <c r="E77" s="4">
-        <v>129904</v>
-[...6 lines deleted...]
-      <c r="A78" s="28"/>
+        <v>689814</v>
+      </c>
+      <c r="F77" s="20" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A78" s="1" t="s">
+        <v>277</v>
+      </c>
       <c r="B78" s="1" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>278</v>
+      </c>
+      <c r="C78" s="23">
+        <v>46046</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="E78" s="4">
-        <v>689814</v>
-[...4 lines deleted...]
-      <c r="A79" s="28"/>
+        <v>648347</v>
+      </c>
+      <c r="F78" s="20" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A79" s="1" t="s">
+        <v>281</v>
+      </c>
       <c r="B79" s="1" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>271</v>
+        <v>282</v>
+      </c>
+      <c r="C79" s="23">
+        <v>46055</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="E79" s="4">
         <v>648347</v>
       </c>
-      <c r="F79" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A80" s="28"/>
+      <c r="F79" s="20" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A80" s="1" t="s">
+        <v>284</v>
+      </c>
       <c r="B80" s="1" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>285</v>
+      </c>
+      <c r="C80" s="23">
+        <v>46046</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>272</v>
+        <v>286</v>
       </c>
       <c r="E80" s="4">
-        <v>648347</v>
-[...6 lines deleted...]
-      <c r="A81" s="28"/>
+        <v>659250</v>
+      </c>
+      <c r="F80" s="20" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="29" x14ac:dyDescent="0.35">
+      <c r="A81" s="1" t="s">
+        <v>287</v>
+      </c>
       <c r="B81" s="1" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>288</v>
+      </c>
+      <c r="C81" s="23">
+        <v>46085</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="E81" s="4">
-        <v>659250</v>
-[...6 lines deleted...]
-      <c r="A82" s="28"/>
+        <v>609476</v>
+      </c>
+      <c r="F81" s="20" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A82" s="1" t="s">
+        <v>291</v>
+      </c>
       <c r="B82" s="1" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>292</v>
+      </c>
+      <c r="C82" s="23">
+        <v>46046</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>282</v>
+        <v>293</v>
       </c>
       <c r="E82" s="4">
-        <v>609476</v>
-[...6 lines deleted...]
-      <c r="A83" s="28"/>
+        <v>609790</v>
+      </c>
+      <c r="F82" s="20" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A83" s="1" t="s">
+        <v>294</v>
+      </c>
       <c r="B83" s="1" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>295</v>
+      </c>
+      <c r="C83" s="23">
+        <v>46046</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="E83" s="4">
-        <v>609790</v>
-[...6 lines deleted...]
-      <c r="A84" s="28"/>
+        <v>648348</v>
+      </c>
+      <c r="F83" s="20" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="402.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="1" t="s">
+        <v>298</v>
+      </c>
       <c r="B84" s="1" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>299</v>
+      </c>
+      <c r="C84" s="23">
+        <v>46046</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="E84" s="4">
-        <v>648348</v>
-[...6 lines deleted...]
-      <c r="A85" s="28"/>
+        <v>681813</v>
+      </c>
+      <c r="F84" s="20" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="171" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="1" t="s">
+        <v>302</v>
+      </c>
       <c r="B85" s="1" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>303</v>
+      </c>
+      <c r="C85" s="23">
+        <v>46083</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="E85" s="4">
-        <v>681813</v>
-[...6 lines deleted...]
-      <c r="A86" s="28"/>
+        <v>640520</v>
+      </c>
+      <c r="F85" s="20" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="62.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="1" t="s">
+        <v>306</v>
+      </c>
       <c r="B86" s="1" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>307</v>
+      </c>
+      <c r="C86" s="23">
+        <v>46083</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
       <c r="E86" s="4">
-        <v>640520</v>
-[...6 lines deleted...]
-      <c r="A87" s="28"/>
+        <v>659163</v>
+      </c>
+      <c r="F86" s="20" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="102.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="1" t="s">
+        <v>310</v>
+      </c>
       <c r="B87" s="1" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>311</v>
+      </c>
+      <c r="C87" s="23">
+        <v>46046</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="E87" s="4">
-        <v>659163</v>
-[...6 lines deleted...]
-      <c r="A88" s="28"/>
+        <v>689621</v>
+      </c>
+      <c r="F87" s="20" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="215.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="1" t="s">
+        <v>313</v>
+      </c>
       <c r="B88" s="1" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>314</v>
+      </c>
+      <c r="C88" s="23">
+        <v>46083</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="E88" s="4">
-        <v>689621</v>
-[...6 lines deleted...]
-      <c r="A89" s="28"/>
+        <v>608878</v>
+      </c>
+      <c r="F88" s="20" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="255" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="1" t="s">
+        <v>317</v>
+      </c>
       <c r="B89" s="1" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>318</v>
+      </c>
+      <c r="C89" s="23">
+        <v>46076</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="E89" s="4">
         <v>618495</v>
       </c>
-      <c r="F89" s="12" t="s">
-[...4 lines deleted...]
-      <c r="A90" s="28"/>
+      <c r="F89" s="20" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="87" x14ac:dyDescent="0.35">
+      <c r="A90" s="1" t="s">
+        <v>321</v>
+      </c>
       <c r="B90" s="1" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>311</v>
+        <v>322</v>
+      </c>
+      <c r="C90" s="23">
+        <v>46046</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="E90" s="4">
         <v>688261</v>
       </c>
-      <c r="F90" s="8" t="s">
-[...4 lines deleted...]
-      <c r="A91" s="28"/>
+      <c r="F90" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="104.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="1" t="s">
+        <v>324</v>
+      </c>
       <c r="B91" s="1" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>325</v>
+      </c>
+      <c r="C91" s="23">
+        <v>46046</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>315</v>
+        <v>326</v>
       </c>
       <c r="E91" s="4">
-        <v>688268</v>
-[...6 lines deleted...]
-      <c r="A92" s="28"/>
+        <v>648350</v>
+      </c>
+      <c r="F91" s="20" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="105.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="1" t="s">
+        <v>327</v>
+      </c>
       <c r="B92" s="1" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>328</v>
+      </c>
+      <c r="C92" s="23">
+        <v>46046</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="E92" s="4">
-        <v>648350</v>
-[...16 lines deleted...]
-      <c r="E93" s="4">
         <v>609558</v>
       </c>
-      <c r="F93" s="8" t="s">
-[...14 lines deleted...]
-      <c r="E94" s="6">
+      <c r="F92" s="20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="106.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="C93" s="24">
+        <v>46083</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="E93" s="6">
         <v>649406</v>
       </c>
-      <c r="F94" s="12" t="s">
-[...3 lines deleted...]
-    <row r="95" spans="1:6" ht="15"/>
+      <c r="F93" s="20" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="D94" s="23"/>
+    </row>
+    <row r="95" spans="1:6" ht="21.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A96"/>
+    </row>
+    <row r="97" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A97"/>
+    </row>
+    <row r="98" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A98"/>
+    </row>
+    <row r="99" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A99"/>
+    </row>
+    <row r="100" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A100"/>
+    </row>
+    <row r="101" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A101"/>
+    </row>
+    <row r="102" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A102"/>
+    </row>
+    <row r="103" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A103"/>
+    </row>
+    <row r="104" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A104"/>
+    </row>
+    <row r="105" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A105"/>
+    </row>
+    <row r="106" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A106"/>
+    </row>
+    <row r="107" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A107"/>
+    </row>
+    <row r="108" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A108"/>
+    </row>
+    <row r="109" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A109"/>
+    </row>
+    <row r="110" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A110"/>
+    </row>
+    <row r="111" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A111"/>
+    </row>
+    <row r="112" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A112"/>
+    </row>
+    <row r="113" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A113"/>
+    </row>
+    <row r="114" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A114"/>
+    </row>
+    <row r="115" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A115"/>
+    </row>
   </sheetData>
-  <mergeCells count="6">
-[...6 lines deleted...]
-  </mergeCells>
+  <autoFilter ref="A1:F93" xr:uid="{75C034FF-F213-4A62-B22E-C62E066BA95B}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A96:A113">
+    <sortCondition ref="A96:A113"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{619BD52A-1030-4712-874B-99517CE3CFCF}">
+  <dimension ref="A1:K107"/>
+  <sheetViews>
+    <sheetView topLeftCell="A15" workbookViewId="0">
+      <selection activeCell="H40" sqref="H40:H42"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="46.54296875" style="25" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="31.7265625" style="25" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.26953125" style="25" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="31.1796875" style="25" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="37" style="25" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.81640625" style="25" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.7265625" style="25" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="20" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="23.7265625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="13.453125" style="25" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="22.7265625" style="25" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="32.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="26" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="26" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="26" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="26" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="26" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="26" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="26" t="s">
+        <v>334</v>
+      </c>
+      <c r="H1" s="26" t="s">
+        <v>335</v>
+      </c>
+      <c r="I1" s="26" t="s">
+        <v>336</v>
+      </c>
+      <c r="J1" s="26" t="s">
+        <v>337</v>
+      </c>
+      <c r="K1" s="26" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="B2" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C2" s="27" t="s">
+        <v>339</v>
+      </c>
+      <c r="D2" s="28">
+        <v>46084</v>
+      </c>
+      <c r="E2" s="29" t="s">
+        <v>9</v>
+      </c>
+      <c r="F2" s="29">
+        <v>569785</v>
+      </c>
+      <c r="G2" s="29" t="s">
+        <v>340</v>
+      </c>
+      <c r="H2" s="29" t="s">
+        <v>341</v>
+      </c>
+      <c r="I2" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J2" s="27" t="s">
+        <v>343</v>
+      </c>
+      <c r="K2" s="27" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="38" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="38" t="s">
+        <v>12</v>
+      </c>
+      <c r="C3" s="38" t="s">
+        <v>339</v>
+      </c>
+      <c r="D3" s="39">
+        <v>46046</v>
+      </c>
+      <c r="E3" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="F3" s="38">
+        <v>569920</v>
+      </c>
+      <c r="G3" s="27" t="s">
+        <v>345</v>
+      </c>
+      <c r="H3" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I3" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J3" s="38" t="s">
+        <v>347</v>
+      </c>
+      <c r="K3" s="38" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A4" s="38"/>
+      <c r="B4" s="38"/>
+      <c r="C4" s="38"/>
+      <c r="D4" s="39"/>
+      <c r="E4" s="38"/>
+      <c r="F4" s="38"/>
+      <c r="G4" s="27" t="s">
+        <v>340</v>
+      </c>
+      <c r="H4" s="27" t="s">
+        <v>349</v>
+      </c>
+      <c r="I4" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J4" s="38"/>
+      <c r="K4" s="38"/>
+    </row>
+    <row r="5" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="38"/>
+      <c r="B5" s="38"/>
+      <c r="C5" s="38"/>
+      <c r="D5" s="39"/>
+      <c r="E5" s="38"/>
+      <c r="F5" s="38"/>
+      <c r="G5" s="27" t="s">
+        <v>345</v>
+      </c>
+      <c r="H5" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I5" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J5" s="38"/>
+      <c r="K5" s="27" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A6" s="38" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="38" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="38" t="s">
+        <v>339</v>
+      </c>
+      <c r="D6" s="39">
+        <v>46083</v>
+      </c>
+      <c r="E6" s="38" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="38">
+        <v>538403</v>
+      </c>
+      <c r="G6" s="38" t="s">
+        <v>351</v>
+      </c>
+      <c r="H6" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I6" s="38" t="s">
+        <v>352</v>
+      </c>
+      <c r="J6" s="27" t="s">
+        <v>353</v>
+      </c>
+      <c r="K6" s="38" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="38"/>
+      <c r="B7" s="38"/>
+      <c r="C7" s="38"/>
+      <c r="D7" s="39"/>
+      <c r="E7" s="38"/>
+      <c r="F7" s="38"/>
+      <c r="G7" s="38"/>
+      <c r="H7" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I7" s="38"/>
+      <c r="J7" s="27" t="s">
+        <v>355</v>
+      </c>
+      <c r="K7" s="38"/>
+    </row>
+    <row r="8" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="29" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="29" t="s">
+        <v>339</v>
+      </c>
+      <c r="D8" s="28">
+        <v>46063</v>
+      </c>
+      <c r="E8" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" s="29">
+        <v>339948</v>
+      </c>
+      <c r="G8" s="27" t="s">
+        <v>356</v>
+      </c>
+      <c r="H8" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I8" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J8" s="27" t="s">
+        <v>343</v>
+      </c>
+      <c r="K8" s="27" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="38" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="38" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" s="38" t="s">
+        <v>339</v>
+      </c>
+      <c r="D9" s="39">
+        <v>46046</v>
+      </c>
+      <c r="E9" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="F9" s="38">
+        <v>159050</v>
+      </c>
+      <c r="G9" s="27" t="s">
+        <v>357</v>
+      </c>
+      <c r="H9" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I9" s="27" t="s">
+        <v>352</v>
+      </c>
+      <c r="J9" s="38" t="s">
+        <v>347</v>
+      </c>
+      <c r="K9" s="38" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A10" s="38"/>
+      <c r="B10" s="38"/>
+      <c r="C10" s="38"/>
+      <c r="D10" s="39"/>
+      <c r="E10" s="38"/>
+      <c r="F10" s="38"/>
+      <c r="G10" s="27" t="s">
+        <v>358</v>
+      </c>
+      <c r="H10" s="27" t="s">
+        <v>349</v>
+      </c>
+      <c r="I10" s="27" t="s">
+        <v>359</v>
+      </c>
+      <c r="J10" s="38"/>
+      <c r="K10" s="38"/>
+    </row>
+    <row r="11" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A11" s="38"/>
+      <c r="B11" s="38"/>
+      <c r="C11" s="38"/>
+      <c r="D11" s="39"/>
+      <c r="E11" s="38"/>
+      <c r="F11" s="38"/>
+      <c r="G11" s="27" t="s">
+        <v>357</v>
+      </c>
+      <c r="H11" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I11" s="27" t="s">
+        <v>352</v>
+      </c>
+      <c r="J11" s="38"/>
+      <c r="K11" s="27" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A12" s="38" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="38" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="38" t="s">
+        <v>339</v>
+      </c>
+      <c r="D12" s="39">
+        <v>46046</v>
+      </c>
+      <c r="E12" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="38">
+        <v>158901</v>
+      </c>
+      <c r="G12" s="27" t="s">
+        <v>345</v>
+      </c>
+      <c r="H12" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I12" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J12" s="38" t="s">
+        <v>347</v>
+      </c>
+      <c r="K12" s="38" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A13" s="38"/>
+      <c r="B13" s="38"/>
+      <c r="C13" s="38"/>
+      <c r="D13" s="39"/>
+      <c r="E13" s="38"/>
+      <c r="F13" s="38"/>
+      <c r="G13" s="27" t="s">
+        <v>340</v>
+      </c>
+      <c r="H13" s="27" t="s">
+        <v>349</v>
+      </c>
+      <c r="I13" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J13" s="38"/>
+      <c r="K13" s="38"/>
+    </row>
+    <row r="14" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A14" s="38"/>
+      <c r="B14" s="38"/>
+      <c r="C14" s="38"/>
+      <c r="D14" s="39"/>
+      <c r="E14" s="38"/>
+      <c r="F14" s="38"/>
+      <c r="G14" s="27" t="s">
+        <v>345</v>
+      </c>
+      <c r="H14" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I14" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J14" s="38"/>
+      <c r="K14" s="27" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A15" s="38" t="s">
+        <v>31</v>
+      </c>
+      <c r="B15" s="38" t="s">
+        <v>32</v>
+      </c>
+      <c r="C15" s="38" t="s">
+        <v>339</v>
+      </c>
+      <c r="D15" s="39">
+        <v>46062</v>
+      </c>
+      <c r="E15" s="38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" s="38">
+        <v>150129</v>
+      </c>
+      <c r="G15" s="38" t="s">
+        <v>357</v>
+      </c>
+      <c r="H15" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I15" s="38" t="s">
+        <v>352</v>
+      </c>
+      <c r="J15" s="38" t="s">
+        <v>353</v>
+      </c>
+      <c r="K15" s="27" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A16" s="38"/>
+      <c r="B16" s="38"/>
+      <c r="C16" s="38"/>
+      <c r="D16" s="39"/>
+      <c r="E16" s="38"/>
+      <c r="F16" s="38"/>
+      <c r="G16" s="38"/>
+      <c r="H16" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I16" s="38"/>
+      <c r="J16" s="38"/>
+      <c r="K16" s="27" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="38"/>
+      <c r="B17" s="38"/>
+      <c r="C17" s="38"/>
+      <c r="D17" s="39"/>
+      <c r="E17" s="38"/>
+      <c r="F17" s="38"/>
+      <c r="G17" s="38" t="s">
+        <v>356</v>
+      </c>
+      <c r="H17" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I17" s="38" t="s">
+        <v>342</v>
+      </c>
+      <c r="J17" s="38" t="s">
+        <v>343</v>
+      </c>
+      <c r="K17" s="27" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A18" s="38"/>
+      <c r="B18" s="38"/>
+      <c r="C18" s="38"/>
+      <c r="D18" s="39"/>
+      <c r="E18" s="38"/>
+      <c r="F18" s="38"/>
+      <c r="G18" s="38"/>
+      <c r="H18" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I18" s="38"/>
+      <c r="J18" s="38"/>
+      <c r="K18" s="27" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A19" s="38"/>
+      <c r="B19" s="38"/>
+      <c r="C19" s="38"/>
+      <c r="D19" s="39"/>
+      <c r="E19" s="38"/>
+      <c r="F19" s="38"/>
+      <c r="G19" s="38" t="s">
+        <v>362</v>
+      </c>
+      <c r="H19" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I19" s="38" t="s">
+        <v>342</v>
+      </c>
+      <c r="J19" s="38" t="s">
+        <v>355</v>
+      </c>
+      <c r="K19" s="27" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A20" s="38"/>
+      <c r="B20" s="38"/>
+      <c r="C20" s="38"/>
+      <c r="D20" s="39"/>
+      <c r="E20" s="38"/>
+      <c r="F20" s="38"/>
+      <c r="G20" s="38"/>
+      <c r="H20" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I20" s="38"/>
+      <c r="J20" s="38"/>
+      <c r="K20" s="27" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="38"/>
+      <c r="B21" s="38"/>
+      <c r="C21" s="38"/>
+      <c r="D21" s="39"/>
+      <c r="E21" s="38"/>
+      <c r="F21" s="38"/>
+      <c r="G21" s="27" t="s">
+        <v>363</v>
+      </c>
+      <c r="H21" s="38" t="s">
+        <v>349</v>
+      </c>
+      <c r="I21" s="38" t="s">
+        <v>342</v>
+      </c>
+      <c r="J21" s="38" t="s">
+        <v>364</v>
+      </c>
+      <c r="K21" s="27" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="38"/>
+      <c r="B22" s="38"/>
+      <c r="C22" s="38"/>
+      <c r="D22" s="39"/>
+      <c r="E22" s="38"/>
+      <c r="F22" s="38"/>
+      <c r="G22" s="27" t="s">
+        <v>365</v>
+      </c>
+      <c r="H22" s="38"/>
+      <c r="I22" s="38"/>
+      <c r="J22" s="38"/>
+      <c r="K22" s="38" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A23" s="38"/>
+      <c r="B23" s="38"/>
+      <c r="C23" s="38"/>
+      <c r="D23" s="39"/>
+      <c r="E23" s="38"/>
+      <c r="F23" s="38"/>
+      <c r="G23" s="27" t="s">
+        <v>358</v>
+      </c>
+      <c r="H23" s="38"/>
+      <c r="I23" s="27" t="s">
+        <v>359</v>
+      </c>
+      <c r="J23" s="38"/>
+      <c r="K23" s="38"/>
+    </row>
+    <row r="24" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="38" t="s">
+        <v>35</v>
+      </c>
+      <c r="B24" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="C24" s="38" t="s">
+        <v>339</v>
+      </c>
+      <c r="D24" s="39">
+        <v>46046</v>
+      </c>
+      <c r="E24" s="38" t="s">
+        <v>37</v>
+      </c>
+      <c r="F24" s="38">
+        <v>534256</v>
+      </c>
+      <c r="G24" s="27" t="s">
+        <v>357</v>
+      </c>
+      <c r="H24" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I24" s="27" t="s">
+        <v>352</v>
+      </c>
+      <c r="J24" s="38" t="s">
+        <v>347</v>
+      </c>
+      <c r="K24" s="29" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="38"/>
+      <c r="B25" s="38"/>
+      <c r="C25" s="38"/>
+      <c r="D25" s="39"/>
+      <c r="E25" s="38"/>
+      <c r="F25" s="38"/>
+      <c r="G25" s="27" t="s">
+        <v>357</v>
+      </c>
+      <c r="H25" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I25" s="27" t="s">
+        <v>352</v>
+      </c>
+      <c r="J25" s="38"/>
+      <c r="K25" s="27" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A26" s="38"/>
+      <c r="B26" s="38"/>
+      <c r="C26" s="38"/>
+      <c r="D26" s="39"/>
+      <c r="E26" s="38"/>
+      <c r="F26" s="38"/>
+      <c r="G26" s="27" t="s">
+        <v>358</v>
+      </c>
+      <c r="H26" s="27" t="s">
+        <v>349</v>
+      </c>
+      <c r="I26" s="27" t="s">
+        <v>359</v>
+      </c>
+      <c r="J26" s="38"/>
+      <c r="K26" s="27" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="38" t="s">
+        <v>39</v>
+      </c>
+      <c r="B27" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="C27" s="38" t="s">
+        <v>339</v>
+      </c>
+      <c r="D27" s="39">
+        <v>46092</v>
+      </c>
+      <c r="E27" s="38" t="s">
+        <v>41</v>
+      </c>
+      <c r="F27" s="38">
+        <v>162010</v>
+      </c>
+      <c r="G27" s="38" t="s">
+        <v>369</v>
+      </c>
+      <c r="H27" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I27" s="38" t="s">
+        <v>370</v>
+      </c>
+      <c r="J27" s="27" t="s">
+        <v>353</v>
+      </c>
+      <c r="K27" s="38" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="38"/>
+      <c r="B28" s="38"/>
+      <c r="C28" s="38"/>
+      <c r="D28" s="39"/>
+      <c r="E28" s="38"/>
+      <c r="F28" s="38"/>
+      <c r="G28" s="38"/>
+      <c r="H28" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I28" s="38"/>
+      <c r="J28" s="27" t="s">
+        <v>364</v>
+      </c>
+      <c r="K28" s="38"/>
+    </row>
+    <row r="29" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A29" s="38"/>
+      <c r="B29" s="38"/>
+      <c r="C29" s="38"/>
+      <c r="D29" s="39"/>
+      <c r="E29" s="38"/>
+      <c r="F29" s="38"/>
+      <c r="G29" s="38" t="s">
+        <v>371</v>
+      </c>
+      <c r="H29" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I29" s="38" t="s">
+        <v>342</v>
+      </c>
+      <c r="J29" s="27" t="s">
+        <v>353</v>
+      </c>
+      <c r="K29" s="38" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="38"/>
+      <c r="B30" s="38"/>
+      <c r="C30" s="38"/>
+      <c r="D30" s="39"/>
+      <c r="E30" s="38"/>
+      <c r="F30" s="38"/>
+      <c r="G30" s="38"/>
+      <c r="H30" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I30" s="38"/>
+      <c r="J30" s="27" t="s">
+        <v>364</v>
+      </c>
+      <c r="K30" s="38"/>
+    </row>
+    <row r="31" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="38"/>
+      <c r="B31" s="38"/>
+      <c r="C31" s="38"/>
+      <c r="D31" s="39"/>
+      <c r="E31" s="38"/>
+      <c r="F31" s="38"/>
+      <c r="G31" s="27" t="s">
+        <v>372</v>
+      </c>
+      <c r="H31" s="38" t="s">
+        <v>349</v>
+      </c>
+      <c r="I31" s="29" t="s">
+        <v>370</v>
+      </c>
+      <c r="J31" s="38" t="s">
+        <v>343</v>
+      </c>
+      <c r="K31" s="27" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A32" s="38"/>
+      <c r="B32" s="38"/>
+      <c r="C32" s="38"/>
+      <c r="D32" s="39"/>
+      <c r="E32" s="38"/>
+      <c r="F32" s="38"/>
+      <c r="G32" s="27" t="s">
+        <v>356</v>
+      </c>
+      <c r="H32" s="38"/>
+      <c r="I32" s="30" t="s">
+        <v>342</v>
+      </c>
+      <c r="J32" s="38"/>
+      <c r="K32" s="27" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="36" t="s">
+        <v>43</v>
+      </c>
+      <c r="B33" s="36" t="s">
+        <v>44</v>
+      </c>
+      <c r="C33" s="36" t="s">
+        <v>339</v>
+      </c>
+      <c r="D33" s="39">
+        <v>46046</v>
+      </c>
+      <c r="E33" s="36" t="s">
+        <v>45</v>
+      </c>
+      <c r="F33" s="36">
+        <v>569228</v>
+      </c>
+      <c r="G33" s="27" t="s">
+        <v>345</v>
+      </c>
+      <c r="H33" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I33" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J33" s="38" t="s">
+        <v>347</v>
+      </c>
+      <c r="K33" s="38" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="37"/>
+      <c r="B34" s="37"/>
+      <c r="C34" s="37"/>
+      <c r="D34" s="39"/>
+      <c r="E34" s="37"/>
+      <c r="F34" s="37"/>
+      <c r="G34" s="27" t="s">
+        <v>340</v>
+      </c>
+      <c r="H34" s="27" t="s">
+        <v>349</v>
+      </c>
+      <c r="I34" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J34" s="38"/>
+      <c r="K34" s="38"/>
+    </row>
+    <row r="35" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A35" s="37"/>
+      <c r="B35" s="37"/>
+      <c r="C35" s="37"/>
+      <c r="D35" s="39"/>
+      <c r="E35" s="37"/>
+      <c r="F35" s="37"/>
+      <c r="G35" s="27" t="s">
+        <v>345</v>
+      </c>
+      <c r="H35" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I35" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="J35" s="38"/>
+      <c r="K35" s="27" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="B36" s="36" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="36" t="s">
+        <v>339</v>
+      </c>
+      <c r="D36" s="39">
+        <v>46046</v>
+      </c>
+      <c r="E36" s="36" t="s">
+        <v>49</v>
+      </c>
+      <c r="F36" s="36">
+        <v>569384</v>
+      </c>
+      <c r="G36" s="27" t="s">
+        <v>357</v>
+      </c>
+      <c r="H36" s="27" t="s">
+        <v>346</v>
+      </c>
+      <c r="I36" s="27" t="s">
+        <v>352</v>
+      </c>
+      <c r="J36" s="38" t="s">
+        <v>347</v>
+      </c>
+      <c r="K36" s="38" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="37"/>
+      <c r="B37" s="37"/>
+      <c r="C37" s="37"/>
+      <c r="D37" s="39"/>
+      <c r="E37" s="37"/>
+      <c r="F37" s="37"/>
+      <c r="G37" s="27" t="s">
+        <v>358</v>
+      </c>
+      <c r="H37" s="27" t="s">
+        <v>349</v>
+      </c>
+      <c r="I37" s="27" t="s">
+        <v>359</v>
+      </c>
+      <c r="J37" s="38"/>
+      <c r="K37" s="38"/>
+    </row>
+    <row r="38" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A38" s="37"/>
+      <c r="B38" s="37"/>
+      <c r="C38" s="37"/>
+      <c r="D38" s="39"/>
+      <c r="E38" s="37"/>
+      <c r="F38" s="37"/>
+      <c r="G38" s="27" t="s">
+        <v>357</v>
+      </c>
+      <c r="H38" s="27" t="s">
+        <v>341</v>
+      </c>
+      <c r="I38" s="27" t="s">
+        <v>352</v>
+      </c>
+      <c r="J38" s="38"/>
+      <c r="K38" s="27" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B39" s="25" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" s="31" t="s">
+        <v>339</v>
+      </c>
+      <c r="D39" s="33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E39" s="31" t="s">
+        <v>53</v>
+      </c>
+      <c r="F39" s="31">
+        <v>139657</v>
+      </c>
+      <c r="G39" s="31"/>
+      <c r="H39" s="32"/>
+      <c r="I39" s="32"/>
+      <c r="J39" s="31"/>
+      <c r="K39" s="31"/>
+    </row>
+    <row r="40" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="25" t="s">
+        <v>55</v>
+      </c>
+      <c r="B40" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="C40" s="31" t="s">
+        <v>339</v>
+      </c>
+      <c r="D40" s="31">
+        <v>46048</v>
+      </c>
+      <c r="E40" s="31" t="s">
+        <v>57</v>
+      </c>
+      <c r="F40" s="31">
+        <v>98915</v>
+      </c>
+      <c r="G40" s="35" t="s">
+        <v>372</v>
+      </c>
+      <c r="H40" s="34" t="s">
+        <v>346</v>
+      </c>
+      <c r="I40" s="35" t="s">
+        <v>370</v>
+      </c>
+      <c r="J40" s="31" t="s">
+        <v>353</v>
+      </c>
+      <c r="K40" s="35" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C41" s="31"/>
+      <c r="D41" s="31"/>
+      <c r="E41" s="31"/>
+      <c r="F41" s="31"/>
+      <c r="G41" s="35"/>
+      <c r="H41" s="34" t="s">
+        <v>341</v>
+      </c>
+      <c r="I41" s="35"/>
+      <c r="J41" s="31" t="s">
+        <v>355</v>
+      </c>
+      <c r="K41" s="35"/>
+    </row>
+    <row r="42" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C42" s="31"/>
+      <c r="D42" s="31"/>
+      <c r="E42" s="31"/>
+      <c r="F42" s="31"/>
+      <c r="G42" s="35"/>
+      <c r="H42" s="34" t="s">
+        <v>349</v>
+      </c>
+      <c r="I42" s="35"/>
+      <c r="J42" s="31" t="s">
+        <v>364</v>
+      </c>
+      <c r="K42" s="35"/>
+    </row>
+    <row r="43" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C43" s="31"/>
+      <c r="D43" s="31"/>
+      <c r="E43" s="31"/>
+      <c r="F43" s="31"/>
+      <c r="G43" s="31"/>
+      <c r="H43" s="32"/>
+      <c r="I43" s="32"/>
+      <c r="J43" s="31"/>
+      <c r="K43" s="31"/>
+    </row>
+    <row r="44" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C44" s="31"/>
+      <c r="D44" s="31"/>
+      <c r="E44" s="31"/>
+      <c r="F44" s="31"/>
+      <c r="G44" s="31"/>
+      <c r="H44" s="32"/>
+      <c r="I44" s="32"/>
+      <c r="J44" s="31"/>
+      <c r="K44" s="31"/>
+    </row>
+    <row r="45" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C45" s="31"/>
+      <c r="D45" s="31"/>
+      <c r="E45" s="31"/>
+      <c r="F45" s="31"/>
+      <c r="G45" s="31"/>
+      <c r="H45" s="32"/>
+      <c r="I45" s="32"/>
+      <c r="J45" s="31"/>
+      <c r="K45" s="31"/>
+    </row>
+    <row r="46" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C46" s="31"/>
+      <c r="D46" s="31"/>
+      <c r="E46" s="31"/>
+      <c r="F46" s="31"/>
+      <c r="G46" s="31"/>
+      <c r="H46" s="32"/>
+      <c r="I46" s="32"/>
+      <c r="J46" s="31"/>
+      <c r="K46" s="31"/>
+    </row>
+    <row r="47" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C47" s="31"/>
+      <c r="D47" s="31"/>
+      <c r="E47" s="31"/>
+      <c r="F47" s="31"/>
+      <c r="G47" s="31"/>
+      <c r="H47" s="32"/>
+      <c r="I47" s="32"/>
+      <c r="J47" s="31"/>
+      <c r="K47" s="31"/>
+    </row>
+    <row r="48" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C48" s="31"/>
+      <c r="D48" s="31"/>
+      <c r="E48" s="31"/>
+      <c r="F48" s="31"/>
+      <c r="G48" s="31"/>
+      <c r="H48" s="32"/>
+      <c r="I48" s="32"/>
+      <c r="J48" s="31"/>
+      <c r="K48" s="31"/>
+    </row>
+    <row r="49" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C49" s="31"/>
+      <c r="D49" s="31"/>
+      <c r="E49" s="31"/>
+      <c r="F49" s="31"/>
+      <c r="G49" s="31"/>
+      <c r="H49" s="32"/>
+      <c r="I49" s="32"/>
+      <c r="J49" s="31"/>
+      <c r="K49" s="31"/>
+    </row>
+    <row r="50" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C50" s="31"/>
+      <c r="D50" s="31"/>
+      <c r="E50" s="31"/>
+      <c r="F50" s="31"/>
+      <c r="G50" s="31"/>
+      <c r="H50" s="32"/>
+      <c r="I50" s="32"/>
+      <c r="J50" s="31"/>
+      <c r="K50" s="31"/>
+    </row>
+    <row r="51" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C51" s="31"/>
+      <c r="D51" s="31"/>
+      <c r="E51" s="31"/>
+      <c r="F51" s="31"/>
+      <c r="G51" s="31"/>
+      <c r="H51" s="32"/>
+      <c r="I51" s="32"/>
+      <c r="J51" s="31"/>
+      <c r="K51" s="31"/>
+    </row>
+    <row r="52" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C52" s="31"/>
+      <c r="D52" s="31"/>
+      <c r="E52" s="31"/>
+      <c r="F52" s="31"/>
+      <c r="G52" s="31"/>
+      <c r="H52" s="32"/>
+      <c r="I52" s="32"/>
+      <c r="J52" s="31"/>
+      <c r="K52" s="31"/>
+    </row>
+    <row r="53" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C53" s="31"/>
+      <c r="D53" s="31"/>
+      <c r="E53" s="31"/>
+      <c r="F53" s="31"/>
+      <c r="G53" s="31"/>
+      <c r="H53" s="32"/>
+      <c r="I53" s="32"/>
+      <c r="J53" s="31"/>
+      <c r="K53" s="31"/>
+    </row>
+    <row r="54" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C54" s="31"/>
+      <c r="D54" s="31"/>
+      <c r="E54" s="31"/>
+      <c r="F54" s="31"/>
+      <c r="G54" s="31"/>
+      <c r="H54" s="32"/>
+      <c r="I54" s="32"/>
+      <c r="J54" s="31"/>
+      <c r="K54" s="31"/>
+    </row>
+    <row r="55" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C55" s="31"/>
+      <c r="D55" s="31"/>
+      <c r="E55" s="31"/>
+      <c r="F55" s="31"/>
+      <c r="G55" s="31"/>
+      <c r="H55" s="32"/>
+      <c r="I55" s="32"/>
+      <c r="J55" s="31"/>
+      <c r="K55" s="31"/>
+    </row>
+    <row r="56" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C56" s="31"/>
+      <c r="D56" s="31"/>
+      <c r="E56" s="31"/>
+      <c r="F56" s="31"/>
+      <c r="G56" s="31"/>
+      <c r="H56" s="32"/>
+      <c r="I56" s="32"/>
+      <c r="J56" s="31"/>
+      <c r="K56" s="31"/>
+    </row>
+    <row r="57" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C57" s="31"/>
+      <c r="D57" s="31"/>
+      <c r="E57" s="31"/>
+      <c r="F57" s="31"/>
+      <c r="G57" s="31"/>
+      <c r="H57" s="32"/>
+      <c r="I57" s="32"/>
+      <c r="J57" s="31"/>
+      <c r="K57" s="31"/>
+    </row>
+    <row r="58" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C58" s="31"/>
+      <c r="D58" s="31"/>
+      <c r="E58" s="31"/>
+      <c r="F58" s="31"/>
+      <c r="G58" s="31"/>
+      <c r="H58" s="32"/>
+      <c r="I58" s="32"/>
+      <c r="J58" s="31"/>
+      <c r="K58" s="31"/>
+    </row>
+    <row r="59" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C59" s="31"/>
+      <c r="D59" s="31"/>
+      <c r="E59" s="31"/>
+      <c r="F59" s="31"/>
+      <c r="G59" s="31"/>
+      <c r="H59" s="32"/>
+      <c r="I59" s="32"/>
+      <c r="J59" s="31"/>
+      <c r="K59" s="31"/>
+    </row>
+    <row r="60" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C60" s="31"/>
+      <c r="D60" s="31"/>
+      <c r="E60" s="31"/>
+      <c r="F60" s="31"/>
+      <c r="G60" s="31"/>
+      <c r="H60" s="32"/>
+      <c r="I60" s="32"/>
+      <c r="J60" s="31"/>
+      <c r="K60" s="31"/>
+    </row>
+    <row r="61" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C61" s="31"/>
+      <c r="D61" s="31"/>
+      <c r="E61" s="31"/>
+      <c r="F61" s="31"/>
+      <c r="G61" s="31"/>
+      <c r="H61" s="32"/>
+      <c r="I61" s="32"/>
+      <c r="J61" s="31"/>
+      <c r="K61" s="31"/>
+    </row>
+    <row r="62" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C62" s="31"/>
+      <c r="D62" s="31"/>
+      <c r="E62" s="31"/>
+      <c r="F62" s="31"/>
+      <c r="G62" s="31"/>
+      <c r="H62" s="32"/>
+      <c r="I62" s="32"/>
+      <c r="J62" s="31"/>
+      <c r="K62" s="31"/>
+    </row>
+    <row r="63" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C63" s="31"/>
+      <c r="D63" s="31"/>
+      <c r="E63" s="31"/>
+      <c r="F63" s="31"/>
+      <c r="G63" s="31"/>
+      <c r="H63" s="32"/>
+      <c r="I63" s="32"/>
+      <c r="J63" s="31"/>
+      <c r="K63" s="31"/>
+    </row>
+    <row r="64" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C64" s="31"/>
+      <c r="D64" s="31"/>
+      <c r="E64" s="31"/>
+      <c r="F64" s="31"/>
+      <c r="G64" s="31"/>
+      <c r="H64" s="32"/>
+      <c r="I64" s="32"/>
+      <c r="J64" s="31"/>
+      <c r="K64" s="31"/>
+    </row>
+    <row r="65" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C65" s="31"/>
+      <c r="D65" s="31"/>
+      <c r="E65" s="31"/>
+      <c r="F65" s="31"/>
+      <c r="G65" s="31"/>
+      <c r="H65" s="32"/>
+      <c r="I65" s="32"/>
+      <c r="J65" s="31"/>
+      <c r="K65" s="31"/>
+    </row>
+    <row r="66" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C66" s="31"/>
+      <c r="D66" s="31"/>
+      <c r="E66" s="31"/>
+      <c r="F66" s="31"/>
+      <c r="G66" s="31"/>
+      <c r="H66" s="32"/>
+      <c r="I66" s="32"/>
+      <c r="J66" s="31"/>
+      <c r="K66" s="31"/>
+    </row>
+    <row r="67" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C67" s="31"/>
+      <c r="D67" s="31"/>
+      <c r="E67" s="31"/>
+      <c r="F67" s="31"/>
+      <c r="G67" s="31"/>
+      <c r="H67" s="32"/>
+      <c r="I67" s="32"/>
+      <c r="J67" s="31"/>
+      <c r="K67" s="31"/>
+    </row>
+    <row r="68" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C68" s="31"/>
+      <c r="D68" s="31"/>
+      <c r="E68" s="31"/>
+      <c r="F68" s="31"/>
+      <c r="G68" s="31"/>
+      <c r="H68" s="32"/>
+      <c r="I68" s="32"/>
+      <c r="J68" s="31"/>
+      <c r="K68" s="31"/>
+    </row>
+    <row r="69" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C69" s="31"/>
+      <c r="D69" s="31"/>
+      <c r="E69" s="31"/>
+      <c r="F69" s="31"/>
+      <c r="G69" s="31"/>
+      <c r="H69" s="32"/>
+      <c r="I69" s="32"/>
+      <c r="J69" s="31"/>
+      <c r="K69" s="31"/>
+    </row>
+    <row r="70" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C70" s="31"/>
+      <c r="D70" s="31"/>
+      <c r="E70" s="31"/>
+      <c r="F70" s="31"/>
+      <c r="G70" s="31"/>
+      <c r="H70" s="32"/>
+      <c r="I70" s="32"/>
+      <c r="J70" s="31"/>
+      <c r="K70" s="31"/>
+    </row>
+    <row r="71" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C71" s="31"/>
+      <c r="D71" s="31"/>
+      <c r="E71" s="31"/>
+      <c r="F71" s="31"/>
+      <c r="G71" s="31"/>
+      <c r="H71" s="32"/>
+      <c r="I71" s="32"/>
+      <c r="J71" s="31"/>
+      <c r="K71" s="31"/>
+    </row>
+    <row r="72" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C72" s="31"/>
+      <c r="D72" s="31"/>
+      <c r="E72" s="31"/>
+      <c r="F72" s="31"/>
+      <c r="G72" s="31"/>
+      <c r="H72" s="32"/>
+      <c r="I72" s="32"/>
+      <c r="J72" s="31"/>
+      <c r="K72" s="31"/>
+    </row>
+    <row r="73" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C73" s="31"/>
+      <c r="D73" s="31"/>
+      <c r="E73" s="31"/>
+      <c r="F73" s="31"/>
+      <c r="G73" s="31"/>
+      <c r="H73" s="32"/>
+      <c r="I73" s="32"/>
+      <c r="J73" s="31"/>
+      <c r="K73" s="31"/>
+    </row>
+    <row r="74" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C74" s="31"/>
+      <c r="D74" s="31"/>
+      <c r="E74" s="31"/>
+      <c r="F74" s="31"/>
+      <c r="G74" s="31"/>
+      <c r="H74" s="32"/>
+      <c r="I74" s="32"/>
+      <c r="J74" s="31"/>
+      <c r="K74" s="31"/>
+    </row>
+    <row r="75" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C75" s="31"/>
+      <c r="D75" s="31"/>
+      <c r="E75" s="31"/>
+      <c r="F75" s="31"/>
+      <c r="G75" s="31"/>
+      <c r="H75" s="32"/>
+      <c r="I75" s="32"/>
+      <c r="J75" s="31"/>
+      <c r="K75" s="31"/>
+    </row>
+    <row r="76" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C76" s="31"/>
+      <c r="D76" s="31"/>
+      <c r="E76" s="31"/>
+      <c r="F76" s="31"/>
+      <c r="G76" s="31"/>
+      <c r="H76" s="32"/>
+      <c r="I76" s="32"/>
+      <c r="J76" s="31"/>
+      <c r="K76" s="31"/>
+    </row>
+    <row r="77" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C77" s="31"/>
+      <c r="D77" s="31"/>
+      <c r="E77" s="31"/>
+      <c r="F77" s="31"/>
+      <c r="G77" s="31"/>
+      <c r="H77" s="32"/>
+      <c r="I77" s="32"/>
+      <c r="J77" s="31"/>
+      <c r="K77" s="31"/>
+    </row>
+    <row r="78" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C78" s="31"/>
+      <c r="D78" s="31"/>
+      <c r="E78" s="31"/>
+      <c r="F78" s="31"/>
+      <c r="G78" s="31"/>
+      <c r="H78" s="32"/>
+      <c r="I78" s="32"/>
+      <c r="J78" s="31"/>
+      <c r="K78" s="31"/>
+    </row>
+    <row r="79" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C79" s="31"/>
+      <c r="D79" s="31"/>
+      <c r="E79" s="31"/>
+      <c r="F79" s="31"/>
+      <c r="G79" s="31"/>
+      <c r="H79" s="32"/>
+      <c r="I79" s="32"/>
+      <c r="J79" s="31"/>
+      <c r="K79" s="31"/>
+    </row>
+    <row r="80" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C80" s="31"/>
+      <c r="D80" s="31"/>
+      <c r="E80" s="31"/>
+      <c r="F80" s="31"/>
+      <c r="G80" s="31"/>
+      <c r="H80" s="32"/>
+      <c r="I80" s="32"/>
+      <c r="J80" s="31"/>
+      <c r="K80" s="31"/>
+    </row>
+    <row r="81" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C81" s="31"/>
+      <c r="D81" s="31"/>
+      <c r="E81" s="31"/>
+      <c r="F81" s="31"/>
+      <c r="G81" s="31"/>
+      <c r="H81" s="32"/>
+      <c r="I81" s="32"/>
+      <c r="J81" s="31"/>
+      <c r="K81" s="31"/>
+    </row>
+    <row r="82" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C82" s="31"/>
+      <c r="D82" s="31"/>
+      <c r="E82" s="31"/>
+      <c r="F82" s="31"/>
+      <c r="G82" s="31"/>
+      <c r="H82" s="32"/>
+      <c r="I82" s="32"/>
+      <c r="J82" s="31"/>
+      <c r="K82" s="31"/>
+    </row>
+    <row r="83" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C83" s="31"/>
+      <c r="D83" s="31"/>
+      <c r="E83" s="31"/>
+      <c r="F83" s="31"/>
+      <c r="G83" s="31"/>
+      <c r="H83" s="32"/>
+      <c r="I83" s="32"/>
+      <c r="J83" s="31"/>
+      <c r="K83" s="31"/>
+    </row>
+    <row r="84" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C84" s="31"/>
+      <c r="D84" s="31"/>
+      <c r="E84" s="31"/>
+      <c r="F84" s="31"/>
+      <c r="G84" s="31"/>
+      <c r="H84" s="32"/>
+      <c r="I84" s="32"/>
+      <c r="J84" s="31"/>
+      <c r="K84" s="31"/>
+    </row>
+    <row r="85" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C85" s="31"/>
+      <c r="D85" s="31"/>
+      <c r="E85" s="31"/>
+      <c r="F85" s="31"/>
+      <c r="G85" s="31"/>
+      <c r="H85" s="32"/>
+      <c r="I85" s="32"/>
+      <c r="J85" s="31"/>
+      <c r="K85" s="31"/>
+    </row>
+    <row r="86" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C86" s="31"/>
+      <c r="D86" s="31"/>
+      <c r="E86" s="31"/>
+      <c r="F86" s="31"/>
+      <c r="G86" s="31"/>
+      <c r="H86" s="32"/>
+      <c r="I86" s="32"/>
+      <c r="J86" s="31"/>
+      <c r="K86" s="31"/>
+    </row>
+    <row r="87" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C87" s="31"/>
+      <c r="D87" s="31"/>
+      <c r="E87" s="31"/>
+      <c r="F87" s="31"/>
+      <c r="G87" s="31"/>
+      <c r="H87" s="32"/>
+      <c r="I87" s="32"/>
+      <c r="J87" s="31"/>
+      <c r="K87" s="31"/>
+    </row>
+    <row r="88" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C88" s="31"/>
+      <c r="D88" s="31"/>
+      <c r="E88" s="31"/>
+      <c r="F88" s="31"/>
+      <c r="G88" s="31"/>
+      <c r="H88" s="32"/>
+      <c r="I88" s="32"/>
+      <c r="J88" s="31"/>
+      <c r="K88" s="31"/>
+    </row>
+    <row r="89" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C89" s="31"/>
+      <c r="D89" s="31"/>
+      <c r="E89" s="31"/>
+      <c r="F89" s="31"/>
+      <c r="G89" s="31"/>
+      <c r="H89" s="32"/>
+      <c r="I89" s="32"/>
+      <c r="J89" s="31"/>
+      <c r="K89" s="31"/>
+    </row>
+    <row r="90" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C90" s="31"/>
+      <c r="D90" s="31"/>
+      <c r="E90" s="31"/>
+      <c r="F90" s="31"/>
+      <c r="G90" s="31"/>
+      <c r="H90" s="32"/>
+      <c r="I90" s="32"/>
+      <c r="J90" s="31"/>
+      <c r="K90" s="31"/>
+    </row>
+    <row r="91" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C91" s="31"/>
+      <c r="D91" s="31"/>
+      <c r="E91" s="31"/>
+      <c r="F91" s="31"/>
+      <c r="G91" s="31"/>
+      <c r="H91" s="32"/>
+      <c r="I91" s="32"/>
+      <c r="J91" s="31"/>
+      <c r="K91" s="31"/>
+    </row>
+    <row r="92" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C92" s="31"/>
+      <c r="D92" s="31"/>
+      <c r="E92" s="31"/>
+      <c r="F92" s="31"/>
+      <c r="G92" s="31"/>
+      <c r="H92" s="32"/>
+      <c r="I92" s="32"/>
+      <c r="J92" s="31"/>
+      <c r="K92" s="31"/>
+    </row>
+    <row r="93" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C93" s="31"/>
+      <c r="D93" s="31"/>
+      <c r="E93" s="31"/>
+      <c r="F93" s="31"/>
+      <c r="G93" s="31"/>
+      <c r="H93" s="32"/>
+      <c r="I93" s="32"/>
+      <c r="J93" s="31"/>
+      <c r="K93" s="31"/>
+    </row>
+    <row r="94" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C94" s="31"/>
+      <c r="D94" s="31"/>
+      <c r="E94" s="31"/>
+      <c r="F94" s="31"/>
+      <c r="G94" s="31"/>
+      <c r="H94" s="32"/>
+      <c r="I94" s="32"/>
+      <c r="J94" s="31"/>
+      <c r="K94" s="31"/>
+    </row>
+    <row r="95" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C95" s="31"/>
+      <c r="D95" s="31"/>
+      <c r="E95" s="31"/>
+      <c r="F95" s="31"/>
+      <c r="G95" s="31"/>
+      <c r="H95" s="32"/>
+      <c r="I95" s="32"/>
+      <c r="J95" s="31"/>
+      <c r="K95" s="31"/>
+    </row>
+    <row r="96" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C96" s="31"/>
+      <c r="D96" s="31"/>
+      <c r="E96" s="31"/>
+      <c r="F96" s="31"/>
+      <c r="G96" s="31"/>
+      <c r="H96" s="32"/>
+      <c r="I96" s="32"/>
+      <c r="J96" s="31"/>
+      <c r="K96" s="31"/>
+    </row>
+    <row r="97" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C97" s="31"/>
+      <c r="D97" s="31"/>
+      <c r="E97" s="31"/>
+      <c r="F97" s="31"/>
+      <c r="G97" s="31"/>
+      <c r="H97" s="32"/>
+      <c r="I97" s="32"/>
+      <c r="J97" s="31"/>
+      <c r="K97" s="31"/>
+    </row>
+    <row r="98" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C98" s="31"/>
+      <c r="D98" s="31"/>
+      <c r="E98" s="31"/>
+      <c r="F98" s="31"/>
+      <c r="G98" s="31"/>
+      <c r="H98" s="32"/>
+      <c r="I98" s="32"/>
+      <c r="J98" s="31"/>
+      <c r="K98" s="31"/>
+    </row>
+    <row r="99" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C99" s="31"/>
+      <c r="D99" s="31"/>
+      <c r="E99" s="31"/>
+      <c r="F99" s="31"/>
+      <c r="G99" s="31"/>
+      <c r="H99" s="32"/>
+      <c r="I99" s="32"/>
+      <c r="J99" s="31"/>
+      <c r="K99" s="31"/>
+    </row>
+    <row r="100" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C100" s="31"/>
+      <c r="D100" s="31"/>
+      <c r="E100" s="31"/>
+      <c r="F100" s="31"/>
+      <c r="G100" s="31"/>
+      <c r="H100" s="32"/>
+      <c r="I100" s="32"/>
+      <c r="J100" s="31"/>
+      <c r="K100" s="31"/>
+    </row>
+    <row r="101" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C101" s="31"/>
+      <c r="D101" s="31"/>
+      <c r="E101" s="31"/>
+      <c r="F101" s="31"/>
+      <c r="G101" s="31"/>
+      <c r="H101" s="32"/>
+      <c r="I101" s="32"/>
+      <c r="J101" s="31"/>
+      <c r="K101" s="31"/>
+    </row>
+    <row r="102" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C102" s="31"/>
+      <c r="D102" s="31"/>
+      <c r="E102" s="31"/>
+      <c r="F102" s="31"/>
+      <c r="G102" s="31"/>
+      <c r="H102" s="32"/>
+      <c r="I102" s="32"/>
+      <c r="J102" s="31"/>
+      <c r="K102" s="31"/>
+    </row>
+    <row r="103" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C103" s="31"/>
+      <c r="D103" s="31"/>
+      <c r="E103" s="31"/>
+      <c r="F103" s="31"/>
+      <c r="G103" s="31"/>
+      <c r="H103" s="32"/>
+      <c r="I103" s="32"/>
+      <c r="J103" s="31"/>
+      <c r="K103" s="31"/>
+    </row>
+    <row r="104" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C104" s="31"/>
+      <c r="D104" s="31"/>
+      <c r="E104" s="31"/>
+      <c r="F104" s="31"/>
+      <c r="G104" s="31"/>
+      <c r="H104" s="32"/>
+      <c r="I104" s="32"/>
+      <c r="J104" s="31"/>
+      <c r="K104" s="31"/>
+    </row>
+    <row r="105" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C105" s="31"/>
+      <c r="D105" s="31"/>
+      <c r="E105" s="31"/>
+      <c r="F105" s="31"/>
+      <c r="G105" s="31"/>
+      <c r="H105" s="32"/>
+      <c r="I105" s="32"/>
+      <c r="J105" s="31"/>
+      <c r="K105" s="31"/>
+    </row>
+    <row r="106" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C106" s="31"/>
+      <c r="D106" s="31"/>
+      <c r="E106" s="31"/>
+      <c r="F106" s="31"/>
+      <c r="G106" s="31"/>
+      <c r="H106" s="32"/>
+      <c r="I106" s="32"/>
+      <c r="J106" s="31"/>
+      <c r="K106" s="31"/>
+    </row>
+    <row r="107" spans="3:11" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="C107" s="31"/>
+      <c r="D107" s="31"/>
+      <c r="E107" s="31"/>
+      <c r="F107" s="31"/>
+      <c r="G107" s="31"/>
+      <c r="H107" s="32"/>
+      <c r="I107" s="32"/>
+      <c r="J107" s="31"/>
+      <c r="K107" s="31"/>
+    </row>
+  </sheetData>
+  <mergeCells count="92">
+    <mergeCell ref="J3:J5"/>
+    <mergeCell ref="K3:K4"/>
+    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="B3:B5"/>
+    <mergeCell ref="C3:C5"/>
+    <mergeCell ref="D3:D5"/>
+    <mergeCell ref="E3:E5"/>
+    <mergeCell ref="F3:F5"/>
+    <mergeCell ref="G6:G7"/>
+    <mergeCell ref="K6:K7"/>
+    <mergeCell ref="I6:I7"/>
+    <mergeCell ref="D6:D7"/>
+    <mergeCell ref="A6:A7"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="F6:F7"/>
+    <mergeCell ref="K9:K10"/>
+    <mergeCell ref="J9:J11"/>
+    <mergeCell ref="A9:A11"/>
+    <mergeCell ref="B9:B11"/>
+    <mergeCell ref="C9:C11"/>
+    <mergeCell ref="E9:E11"/>
+    <mergeCell ref="F9:F11"/>
+    <mergeCell ref="D9:D11"/>
+    <mergeCell ref="K12:K13"/>
+    <mergeCell ref="A12:A14"/>
+    <mergeCell ref="B12:B14"/>
+    <mergeCell ref="C12:C14"/>
+    <mergeCell ref="E12:E14"/>
+    <mergeCell ref="F12:F14"/>
+    <mergeCell ref="D12:D14"/>
+    <mergeCell ref="J12:J14"/>
+    <mergeCell ref="I15:I16"/>
+    <mergeCell ref="G15:G16"/>
+    <mergeCell ref="I17:I18"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="J15:J16"/>
+    <mergeCell ref="J17:J18"/>
+    <mergeCell ref="J19:J20"/>
+    <mergeCell ref="G19:G20"/>
+    <mergeCell ref="I19:I20"/>
+    <mergeCell ref="H21:H23"/>
+    <mergeCell ref="K22:K23"/>
+    <mergeCell ref="J21:J23"/>
+    <mergeCell ref="I21:I22"/>
+    <mergeCell ref="A15:A23"/>
+    <mergeCell ref="B15:B23"/>
+    <mergeCell ref="C15:C23"/>
+    <mergeCell ref="E15:E23"/>
+    <mergeCell ref="F15:F23"/>
+    <mergeCell ref="D15:D23"/>
+    <mergeCell ref="J24:J26"/>
+    <mergeCell ref="A24:A26"/>
+    <mergeCell ref="B24:B26"/>
+    <mergeCell ref="C24:C26"/>
+    <mergeCell ref="D24:D26"/>
+    <mergeCell ref="E24:E26"/>
+    <mergeCell ref="F24:F26"/>
+    <mergeCell ref="K29:K30"/>
+    <mergeCell ref="K27:K28"/>
+    <mergeCell ref="F27:F32"/>
+    <mergeCell ref="A27:A32"/>
+    <mergeCell ref="B27:B32"/>
+    <mergeCell ref="C27:C32"/>
+    <mergeCell ref="E27:E32"/>
+    <mergeCell ref="D27:D32"/>
+    <mergeCell ref="H31:H32"/>
+    <mergeCell ref="J31:J32"/>
+    <mergeCell ref="G27:G28"/>
+    <mergeCell ref="I27:I28"/>
+    <mergeCell ref="G29:G30"/>
+    <mergeCell ref="I29:I30"/>
+    <mergeCell ref="A36:A38"/>
+    <mergeCell ref="B36:B38"/>
+    <mergeCell ref="C36:C38"/>
+    <mergeCell ref="D36:D38"/>
+    <mergeCell ref="E36:E38"/>
+    <mergeCell ref="A33:A35"/>
+    <mergeCell ref="B33:B35"/>
+    <mergeCell ref="C33:C35"/>
+    <mergeCell ref="D33:D35"/>
+    <mergeCell ref="E33:E35"/>
+    <mergeCell ref="K40:K42"/>
+    <mergeCell ref="G40:G42"/>
+    <mergeCell ref="I40:I42"/>
+    <mergeCell ref="F36:F38"/>
+    <mergeCell ref="J33:J35"/>
+    <mergeCell ref="K33:K34"/>
+    <mergeCell ref="F33:F35"/>
+    <mergeCell ref="J36:J38"/>
+    <mergeCell ref="K36:K37"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F946EA33-618E-47FB-A545-C0ADB033EB85}">
   <dimension ref="A1:D24"/>
   <sheetViews>
-    <sheetView topLeftCell="A11" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D4" sqref="D4"/>
+    <sheetView topLeftCell="A13" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B40" sqref="B40"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.1"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="11.5703125" style="9" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.7109375" style="9"/>
+    <col min="1" max="1" width="11.54296875" style="9" customWidth="1"/>
+    <col min="2" max="2" width="27.26953125" style="9" customWidth="1"/>
+    <col min="3" max="3" width="21.54296875" style="9" customWidth="1"/>
+    <col min="4" max="4" width="42.54296875" style="9" customWidth="1"/>
+    <col min="5" max="16384" width="8.7265625" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="18" customHeight="1" thickBot="1">
-[...8 lines deleted...]
-      <c r="A2" s="16" t="s">
+    <row r="1" spans="1:4" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="40" t="s">
+        <v>373</v>
+      </c>
+      <c r="B1" s="41"/>
+      <c r="C1" s="41"/>
+      <c r="D1" s="42"/>
+    </row>
+    <row r="2" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="13" t="s">
+        <v>374</v>
+      </c>
+      <c r="C2" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="16" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="16" t="s">
+      <c r="D2" s="13" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="3" spans="1:4" ht="110.1" customHeight="1">
-[...115 lines deleted...]
-    <row r="14" spans="1:4" s="11" customFormat="1">
+    <row r="3" spans="1:4" ht="110.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="45" t="s">
+        <v>375</v>
+      </c>
+      <c r="B3" s="14" t="s">
+        <v>376</v>
+      </c>
+      <c r="C3" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="D3" s="16" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" ht="110.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="45"/>
+      <c r="B4" s="14" t="s">
+        <v>379</v>
+      </c>
+      <c r="C4" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="D4" s="17" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="120" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="45"/>
+      <c r="B5" s="14" t="s">
+        <v>382</v>
+      </c>
+      <c r="C5" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="D5" s="17" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="110.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="45"/>
+      <c r="B6" s="14" t="s">
+        <v>385</v>
+      </c>
+      <c r="C6" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="D6" s="17" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="90" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="45"/>
+      <c r="B7" s="14" t="s">
+        <v>388</v>
+      </c>
+      <c r="C7" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" s="11" customFormat="1" ht="180" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="45"/>
+      <c r="B8" s="43" t="s">
+        <v>391</v>
+      </c>
+      <c r="C8" s="43" t="s">
+        <v>392</v>
+      </c>
+      <c r="D8" s="17" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" s="11" customFormat="1" ht="180" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="45"/>
+      <c r="B9" s="43"/>
+      <c r="C9" s="43"/>
+      <c r="D9" s="17" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" s="11" customFormat="1" ht="180" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="45"/>
+      <c r="B10" s="43"/>
+      <c r="C10" s="43"/>
+      <c r="D10" s="17" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" s="11" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="45"/>
+      <c r="B11" s="43"/>
+      <c r="C11" s="43" t="s">
+        <v>396</v>
+      </c>
+      <c r="D11" s="17" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" s="11" customFormat="1" ht="150" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="45"/>
+      <c r="B12" s="43"/>
+      <c r="C12" s="43"/>
+      <c r="D12" s="17" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" s="11" customFormat="1" ht="150" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="46"/>
+      <c r="B13" s="44"/>
+      <c r="C13" s="44"/>
+      <c r="D13" s="18" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D14" s="10"/>
     </row>
-    <row r="15" spans="1:4" s="11" customFormat="1">
+    <row r="15" spans="1:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D15" s="10"/>
     </row>
-    <row r="16" spans="1:4" s="11" customFormat="1">
+    <row r="16" spans="1:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D16" s="10"/>
     </row>
-    <row r="17" spans="4:4" s="11" customFormat="1">
+    <row r="17" spans="4:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D17" s="10"/>
     </row>
-    <row r="18" spans="4:4" s="11" customFormat="1">
+    <row r="18" spans="4:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D18" s="10"/>
     </row>
-    <row r="19" spans="4:4" s="11" customFormat="1">
+    <row r="19" spans="4:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D19" s="10"/>
     </row>
-    <row r="20" spans="4:4" s="11" customFormat="1">
+    <row r="20" spans="4:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D20" s="10"/>
     </row>
-    <row r="21" spans="4:4" s="11" customFormat="1">
+    <row r="21" spans="4:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D21" s="10"/>
     </row>
-    <row r="22" spans="4:4" s="11" customFormat="1">
+    <row r="22" spans="4:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D22" s="10"/>
     </row>
-    <row r="23" spans="4:4" s="11" customFormat="1">
+    <row r="23" spans="4:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D23" s="10"/>
     </row>
-    <row r="24" spans="4:4" s="11" customFormat="1">
+    <row r="24" spans="4:4" s="11" customFormat="1" x14ac:dyDescent="0.35">
       <c r="D24" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="C8:C10"/>
     <mergeCell ref="C11:C13"/>
     <mergeCell ref="B8:B13"/>
     <mergeCell ref="A3:A13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E88B8D819FAF947A0EDAAD56F635D3D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c1ad5c2329b687f1b3b0a0184dda9f92">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e0e6582-0f30-4ccd-bacb-38998bcd4222" xmlns:ns3="3a036694-ed13-4f30-9ed1-62d98c1db28d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1a3554836b86b118f8676114d0e1f5df" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5e0e6582-0f30-4ccd-bacb-38998bcd4222">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3a036694-ed13-4f30-9ed1-62d98c1db28d" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004E88B8D819FAF947A0EDAAD56F635D3D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="57432a5052d848922423c273ce73241b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5e0e6582-0f30-4ccd-bacb-38998bcd4222" xmlns:ns3="3a036694-ed13-4f30-9ed1-62d98c1db28d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7c1de5bb29e6113f84cf3d48f52a9f10" ns2:_="" ns3:_="">
     <xsd:import namespace="5e0e6582-0f30-4ccd-bacb-38998bcd4222"/>
     <xsd:import namespace="3a036694-ed13-4f30-9ed1-62d98c1db28d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4458,88 +9606,116 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3255236F-F147-4C1E-8A5E-4772D3577934}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44FD1A36-1C09-442A-98DF-305E023439FB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5e0e6582-0f30-4ccd-bacb-38998bcd4222"/>
+    <ds:schemaRef ds:uri="3a036694-ed13-4f30-9ed1-62d98c1db28d"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDC51331-A174-4A4E-874F-978F5F53FDFC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDC51331-A174-4A4E-874F-978F5F53FDFC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{44FD1A36-1C09-442A-98DF-305E023439FB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF775164-E1A3-418D-AFB9-C5214B641FBE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="5e0e6582-0f30-4ccd-bacb-38998bcd4222"/>
+    <ds:schemaRef ds:uri="3a036694-ed13-4f30-9ed1-62d98c1db28d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>MAP 2026</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Virtual</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Nur Syafiq Bin Ramli</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004E88B8D819FAF947A0EDAAD56F635D3D</vt:lpwstr>
   </property>